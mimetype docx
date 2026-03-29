--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -112,64 +112,64 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterile insect technique for suppression of endemic Aedes albopictus in urban Reunion Island: a pilot trial of technical feasibility and entomological impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brengues Cécile</w:t>
+                <w:t xml:space="preserve">Cécile Brengues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marquereau Lucie</w:t>
+                <w:t xml:space="preserve">Lucie Marquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -624,447 +624,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05315224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the impact of re-mating and residual fertility on the Sterile Insect Technique efficacy: case study with the medfly, Ceratitis capitata</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Control Approach for Implementation of Sterile Insect Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Bliman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daiver Cardona-Salgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clélia Oliva</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Vasilieva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012052⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 279 (5), pp.607-622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10958-024-07042-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04190843v1</w:t>
+                <w:t xml:space="preserve">hal-02418508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TIS et attractif contre Bactrocera dorsalis à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Moquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Moquet</w:t>
+                <w:t xml:space="preserve">Vincent Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jacob</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Dumont</w:t>
+                <w:t xml:space="preserve">Pierre-François Duyck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delatte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 773, pp.30-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Control Approach for Implementation of Sterile Insect Techniques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling the impact of rainfall and temperature on sterile insect control strategies in a Tropical environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olga Vasilieva</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Duprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10958-024-07042-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (1), pp.311-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218339024500128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02418508v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811327v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the impact of rainfall and temperature on sterile insect control strategies in a Tropical environment</w:t>
+                <w:t xml:space="preserve">On the impact of re-mating and residual fertility on the Sterile Insect Technique efficacy: case study with the medfly, Ceratitis capitata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Duprez</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Oliva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 32 (1), pp.311-347. </w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (5), pp.e1012052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0218339024500128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811327v3</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About contamination by sterile females and residual male fertility on the effectiveness of the sterile insect technique. Impact on disease vector control and disease control</w:t>
               </w:r>
@@ -2422,261 +2422,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943683v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-stable dynamics of a host-pathogen model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On a three-stage structured model for the dynamics of malaria transmission with human treatment, adult vector demographics and one aquatic stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Bekker</w:t>
+                <w:t xml:space="preserve">Gideon Ngwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miranda Teboh-Ewungkem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Ouifki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacek Banasiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMATH</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11145/j.biomath.2019.01.029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 481, pp.202-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2018.12.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997140v1</w:t>
+                <w:t xml:space="preserve">hal-02277184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a three-stage structured model for the dynamics of malaria transmission with human treatment, adult vector demographics and one aquatic stage</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miranda Teboh-Ewungkem</w:t>
+                <w:t xml:space="preserve">Bi-stable dynamics of a host-pathogen model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roumen Anguelov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Bekker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacek Banasiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 481, pp.202-222. </w:t>
+              <w:t xml:space="preserve">BIOMATH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (1), pp.1901029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2018.12.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11145/j.biomath.2019.01.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277184v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the use of the sterile insect release technique to reduce or eliminate mosquito populations</w:t>
               </w:r>
@@ -2851,213 +2851,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01493384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling oil palm pollinator dynamics using deterministic and agent-based approaches. Applications on fruit set estimates. Some preliminary results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation impulsionnelle des interactions ligneux-herbacées en présence de feux : conséquences sur les dynamiques forêts-savanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couteron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Methods in the Applied Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Dossiers d'Agropolis International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-01799376v1</w:t>
+                <w:t xml:space="preserve">cirad-01910290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation impulsionnelle des interactions ligneux-herbacées en présence de feux : conséquences sur les dynamiques forêts-savanes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling oil palm pollinator dynamics using deterministic and agent-based approaches. Applications on fruit set estimates. Some preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Soulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Dossiers d'Agropolis International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematical Methods in the Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Special Issue: Biomathematics/Advanced Analysis in Pure &amp; Applied Sciences, 41 (18), pp.8545-8564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mma.4858⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cirad-01910290v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01799376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On crop vector-borne diseases. Impact of virus lifespan and contact rate on the traveling-wave speed of infective fronts</w:t>
               </w:r>
@@ -3245,239 +3245,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01860823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex-structured dynamics of mosquitoes involving sterile males</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daiver Cardona-Salgado</w:t>
+                <w:t xml:space="preserve">Spatially explicit modelling of tree–grass interactions in fire-prone savannas: A partial differential equations framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valaire Yatat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couteron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olga Vasilieva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMATH</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36, pp.290-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecocom.2017.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04743823v1</w:t>
+                <w:t xml:space="preserve">hal-02189390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatially explicit modelling of tree–grass interactions in fire-prone savannas: A partial differential equations framework</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Couteron</w:t>
+                <w:t xml:space="preserve">Sex-structured dynamics of mosquitoes involving sterile males</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Bliman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daiver Cardona-Salgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Vasilieva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Complexity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BIOMATH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecocom.2017.06.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02189390v1</w:t>
+                <w:t xml:space="preserve">hal-04743823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tribute to the use of minimalistic spatially-implicit models of savanna vegetation dynamics to address broad spatial scales in spite of scarce data</w:t>
               </w:r>
@@ -3931,51 +3931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An impulsive modelling framework of fire occurrence in a size-structured model of tree–grass interactions for savanna ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valaire Yatat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Couteron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4885,408 +4885,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02078416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamically consistent nonstandard finite difference schemes for epidemiological models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roumen Anguelov</w:t>
+                <w:t xml:space="preserve">Predicting the altitudinal distribution of an introduced phytophagous insect against an invasive alien plant from laboratory controlled experiments: case of #Cibdela janthina# (Hymenoptera:Argidae) and #Rubus alceifolius# (Rosaceae) in La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Shillor</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Chiroleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Duyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational and Applied Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cam.2013.04.042⟩</w:t>
+              <w:t xml:space="preserve">BioControl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 59 (4), pp.461--471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10526-014-9574-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02000572v1</w:t>
+                <w:t xml:space="preserve">hal-01456729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the altitudinal distribution of an introduced phytophagous insect against an invasive alien plant from laboratory controlled experiments: case of #Cibdela janthina# (Hymenoptera:Argidae) and #Rubus alceifolius# (Rosaceae) in La Réunion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Mathieu</w:t>
+                <w:t xml:space="preserve">A generic modelling of fire impact in a tree-grass savanna model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Tamen Tchuinte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jules Tewa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couteron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bowong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioControl</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 59 (4), pp.461--471. </w:t>
+              <w:t xml:space="preserve">BIOMATH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10526-014-9574-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11145/214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456729v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02078341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A generic modelling of fire impact in a tree-grass savanna model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamically consistent nonstandard finite difference schemes for epidemiological models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roumen Anguelov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Tamen Tchuinte</w:t>
+                <w:t xml:space="preserve">J.M.-S. Lubuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jules Tewa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yves Dumont</w:t>
+                <w:t xml:space="preserve">M. Shillor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMATH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 3 (2), </w:t>
+              <w:t xml:space="preserve">Journal of Computational and Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 255, pp.161-182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11145/214⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cam.2013.04.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02078341v1</w:t>
+                <w:t xml:space="preserve">hal-02000572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On mathematical modelling of Plant-Insect Interactions</w:t>
               </w:r>
@@ -5435,261 +5435,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial of the Special Issue of the 4th International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications (PMA’12)</w:t>
+                <w:t xml:space="preserve">Direct and apparent compensation in plant-herbivore interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
+                <w:t xml:space="preserve">Audrey Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mengzhen Kang</w:t>
+                <w:t xml:space="preserve">Ludovic Mailleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Guo</w:t>
+                <w:t xml:space="preserve">Frédéric Grognard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 290, pp.1-2. </w:t>
+              <w:t xml:space="preserve">, 2014, Special Issue of the 4th International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications (PMA’12 ) — Special Issue of PMA’12, 290, pp.192-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2014.08.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2014.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02024964v1</w:t>
+                <w:t xml:space="preserve">hal-00968183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct and apparent compensation in plant-herbivore interactions</w:t>
+                <w:t xml:space="preserve">Editorial of the Special Issue of the 4th International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications (PMA’12)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Lebon</w:t>
+                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Mailleret</w:t>
+                <w:t xml:space="preserve">Mengzhen Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Grognard</w:t>
+                <w:t xml:space="preserve">Yan Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Special Issue of the 4th International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications (PMA’12 ) — Special Issue of PMA’12, 290, pp.192-203. </w:t>
+              <w:t xml:space="preserve">, 2014, 290, pp.1-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2014.02.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2014.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00968183v1</w:t>
+                <w:t xml:space="preserve">hal-02024964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameter identification in population models for insects using trap data</w:t>
               </w:r>
@@ -5935,51 +5935,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 354 (1-2), pp.211-227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6019,246 +6019,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00700057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new mathematical framework for modelling the biomechanics of growing trees with rod theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mathematical studies on the sterile insect technique for the Chikungunya disease and Aedes albopictus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guillon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
+                <w:t xml:space="preserve">J. M. Tchuenche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical and Computer Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 55 (9-10), pp.2061-2077. </w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 65 (5), pp.809-854. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcm.2011.12.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00285-011-0477-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00694982v1</w:t>
+                <w:t xml:space="preserve">hal-03025029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical studies on the sterile insect technique for the Chikungunya disease and Aedes albopictus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new mathematical framework for modelling the biomechanics of growing trees with rod theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. M. Tchuenche</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 65 (5), pp.809-854. </w:t>
+              <w:t xml:space="preserve">Mathematical and Computer Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (9-10), pp.2061-2077. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00285-011-0477-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mcm.2011.12.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03025029v1</w:t>
+                <w:t xml:space="preserve">halsde-00694982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical modeling of sterile insect technology for control of anopheles mosquito</w:t>
               </w:r>
@@ -6360,77 +6360,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical methods for the biomechanics of growing trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 64 (3), pp.289-309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6740,51 +6740,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vector control for the Chikungunya Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chiroleu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Biosciences and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 7 (2), pp.315-348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7051,51 +7051,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a temporal model for the chikungunya Disease: modeling, theory and numerics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chiroleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Domerg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7180,191 +7180,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sterile insect technique and mass trapping strategies for pest/vector elimination in multi-patch systems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of producers behavior in the biocontrol of a pest. The case of the Asian citrus psyllid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Dynamical Systems Applied on Biology and Natural Sciences (DSABNS 2026)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, MTB, Feb 2026, Grenade, Spain. pp.161-162</w:t>
+              <w:t xml:space="preserve">, MTB, Feb 2026, Grenade, Spain. pp.166-167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05526382v1</w:t>
+                <w:t xml:space="preserve">hal-05526379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of producers behavior in the biocontrol of a pest. The case of the Asian citrus psyllid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sterile insect technique and mass trapping strategies for pest/vector elimination in multi-patch systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon de la Tousche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Bliman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Dynamical Systems Applied on Biology and Natural Sciences (DSABNS 2026)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, MTB, Feb 2026, Grenade, Spain. pp.166-167</w:t>
+              <w:t xml:space="preserve">, MTB, Feb 2026, Grenade, Spain. pp.161-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05526379v1</w:t>
+                <w:t xml:space="preserve">hal-05526382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling human-wildlife interactions in a tropical forest context</w:t>
               </w:r>
@@ -8643,204 +8643,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About sterile females contamination and residual fertility in a mosquito control program using the Sterile Insect Technique. Impact on Dengue control.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial spread of infectious diseases with conditional vector preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric M. Hamelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank M. Hilker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valaire Yatat-Djeumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMATH 2023 - International Conference on Mathematical Methods and Models in Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Pomorie, Bulgaria</w:t>
+              <w:t xml:space="preserve">Conference Mathematical Population Dynamics, Ecology and Evolution (MPDEE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sergey Petrovskii (University of Leicester); Jean-Christophe Poggiale (Aix-Marseille Université); Suzanne Touzeau (INRAE Sophia Antipolis), Apr 2023, Marseille, France. pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04162763v1</w:t>
+                <w:t xml:space="preserve">hal-04118432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial spread of infectious diseases with conditional vector preferences</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">About sterile females contamination and residual fertility in a mosquito control program using the Sterile Insect Technique. Impact on Dengue control.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valaire Yatat-Djeumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference Mathematical Population Dynamics, Ecology and Evolution (MPDEE 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sergey Petrovskii (University of Leicester); Jean-Christophe Poggiale (Aix-Marseille Université); Suzanne Touzeau (INRAE Sophia Antipolis), Apr 2023, Marseille, France. pp.34</w:t>
+              <w:t xml:space="preserve">BIOMATH 2023 - International Conference on Mathematical Methods and Models in Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Pomorie, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04118432v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04162763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About sterile insect control strategies in a two patches system</w:t>
               </w:r>
@@ -8915,191 +8915,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04162767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the usefulness of mathematics in crop protection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Traveling waves in co-infection model. The case of Maize Lethal Necrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Americo Matusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Chapwanya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADEANS: Analysis and Differential Equations with Applications to Natural Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CoE-MaSS; Unversity of Pretoria; University of KwaZulu-Natal, Sep 2022, Scottsburg, South Africa. 1 p</w:t>
+              <w:t xml:space="preserve">, CoE-MaSS; Unversity of Pretoria; University of KwaZulu-Natal, Sep 2022, Scottburgh, South Africa. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05179959v1</w:t>
+                <w:t xml:space="preserve">hal-05180395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traveling waves in co-infection model. The case of Maize Lethal Necrosis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the usefulness of mathematics in crop protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADEANS: Analysis and Differential Equations with Applications to Natural Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CoE-MaSS; Unversity of Pretoria; University of KwaZulu-Natal, Sep 2022, Scottburgh, South Africa. 1 p</w:t>
+              <w:t xml:space="preserve">, CoE-MaSS; Unversity of Pretoria; University of KwaZulu-Natal, Sep 2022, Scottsburg, South Africa. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05180395v1</w:t>
+                <w:t xml:space="preserve">hal-05179959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the usefulness of Mathematics in Crop Protection</w:t>
               </w:r>
@@ -9407,273 +9407,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03675338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vector-borne diseases control using Sterile Insect Technique with accidental releases of sterile females</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivric Valaire Yatat Djeumen</w:t>
+                <w:t xml:space="preserve">Sterile Insect Technique (SIT) for vector and pest control: The partial sterile case and nonlinear control strategies for release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMATH 2021 - International Conference on Mathematical Methods and Models in Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Pretoria, South Africa</w:t>
+              <w:t xml:space="preserve">Mathematical Congress of the Americas (MCA 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Buenos Aires, Argentina. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03282306v1</w:t>
+                <w:t xml:space="preserve">hal-05177389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sterile Insect Technique (SIT) for vector and pest control: The partial sterile case and nonlinear control strategies for release</w:t>
+                <w:t xml:space="preserve">Sterile Insect Technique (SIT) for vector and pest control: the partial sterile case and nonlinear control strategies for release</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Congress of the Americas (MCA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Buenos Aires, Argentina. 1 p</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05177389v1</w:t>
+                <w:t xml:space="preserve">hal-03293453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sterile Insect Technique (SIT) for vector and pest control: the partial sterile case and nonlinear control strategies for release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Soledad Aronna</w:t>
+                <w:t xml:space="preserve">Vector-borne diseases control using Sterile Insect Technique with accidental releases of sterile females</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivric Valaire Yatat Djeumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Congress of the Americas (MCA 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Buenos Aires, Argentina</w:t>
+              <w:t xml:space="preserve">BIOMATH 2021 - International Conference on Mathematical Methods and Models in Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Pretoria, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03293453v1</w:t>
+                <w:t xml:space="preserve">hal-03282306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On residual fertility and remating in the Sterile Insect Technique against fruit flies</w:t>
               </w:r>
@@ -9931,64 +9931,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre global et local, une méthode pour améliorer notre confiance dans les modèles multi-agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10089,394 +10089,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05174080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control strategies using sterile insect technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roumen Anguelov</w:t>
+                <w:t xml:space="preserve">Traveling wave solutions for monotone systems of impulsive reaction-diffusion equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valaire Yatat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banasiak Jacek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivric Valaire Yatat Djeumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomath 2019: International conference on Mathematical Methods and Models in Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Warsaw; Banach Center; Institute of Mathematics of Polish Academy of Sciences; Biomath Forum; Mathematical Biosciences Institute; Ohio State University; Łódź University of Technology; University of Pretoria; Bulgarian Academy of Sciences, Jun 2019, Bedlewo, Poland. pp.32-32</w:t>
+              <w:t xml:space="preserve">Biomath 2019: international conference on Mathematical Methods and Models in Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Bedlewo, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05174081v1</w:t>
+                <w:t xml:space="preserve">hal-02290484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About cassava mosaic disease: modeling, analysis and simulations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On strategies to control vectors or pests by the sterile insect technique: Some perspectives from mathematical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roumen Anguelov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valaire I. Djeumen Yatat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">South African Numerical and Applied Mathematics 2019 (SANUM 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Pretoria, South Africa</w:t>
+              <w:t xml:space="preserve">International Conference on Computational and Mathematical Population Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Fort Lauderdale, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651049v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traveling wave solutions for monotone systems of impulsive reaction-diffusion equations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Banasiak Jacek</w:t>
+                <w:t xml:space="preserve">Control strategies using sterile insect technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roumen Anguelov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivric Valaire Yatat Djeumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomath 2019: international conference on Mathematical Methods and Models in Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Bedlewo, Poland</w:t>
+              <w:t xml:space="preserve">Biomath 2019: International conference on Mathematical Methods and Models in Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Warsaw; Banach Center; Institute of Mathematics of Polish Academy of Sciences; Biomath Forum; Mathematical Biosciences Institute; Ohio State University; Łódź University of Technology; University of Pretoria; Bulgarian Academy of Sciences, Jun 2019, Bedlewo, Poland. pp.32-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02290484v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On strategies to control vectors or pests by the sterile insect technique: Some perspectives from mathematical modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">About cassava mosaic disease: modeling, analysis and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Chapwanya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valaire I. Djeumen Yatat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computational and Mathematical Population Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Fort Lauderdale, United States</w:t>
+              <w:t xml:space="preserve">South African Numerical and Applied Mathematics 2019 (SANUM 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Pretoria, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308030v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical modelling for practical application of Sterile Insect Technique</w:t>
               </w:r>
@@ -10488,51 +10488,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roumen Anguelov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valaire I. Djeumen Yatat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SANUM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Pretoria, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10551,191 +10551,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02308002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical modelling for practical application of sterile insect technique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the usefulness of Mathematics for food and health security: control strategies for pests and disease vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivric Valaire Yatat Djeumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SANUM 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Pretoria, Mar 2019, Pretoria, South Africa. pp.47</w:t>
+              <w:t xml:space="preserve">Perpignan's days of Applied Mathematics (PDAM2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05173818v1</w:t>
+                <w:t xml:space="preserve">hal-02313589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the usefulness of Mathematics for food and health security: control strategies for pests and disease vectors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mathematical modelling for practical application of sterile insect technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roumen Anguelov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivric Valaire Yatat Djeumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perpignan's days of Applied Mathematics (PDAM2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Perpignan, France</w:t>
+              <w:t xml:space="preserve">SANUM 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Pretoria, Mar 2019, Pretoria, South Africa. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02313589v1</w:t>
+                <w:t xml:space="preserve">hal-05173818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the usefulness of Mathematical Modeling for Vector/Pest control</w:t>
               </w:r>
@@ -10803,64 +10803,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisations de l'interaction pollinisateurs/palmiers à l'aide d'approches déterministes et multi-agents. Application sur l'estimation du taux de nouaison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFSMA: Journées Francophones sur les Systèmes Multi-Agents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Métabief, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11187,77 +11187,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling plant compensatory effects in plant-insect dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Mailleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11408,77 +11408,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanics of Growing Trees: Mathematical Model, Numerical Resolution and Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Numerical Analysis and Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Halkidiki, Greece. pp.734-737, </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11885,51 +11885,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sterile Insect Technique. On the usefulness of Mathematical Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valaire I. Djeumen Yatat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roumen Anguelov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12088,51 +12088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions entre une ronce envahissante, #Rubus alceifolius#, et son agent de contrôle biologique, #Cibdela janthina#, à l'île de La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13222,51 +13222,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522527v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brengues C&#233;cile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marquereau Lucie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Le Goff" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dumont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Remoue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2026.108496" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688245v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Bliman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon de la Tousche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2025.116047" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003793v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-025-01529-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693417v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duprez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Privat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-025-02297-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315224v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiver Cardona-Salgado" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Vasilieva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2025.109540" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190843v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Oliva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721445v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moquet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacob" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Duyck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delatte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02418508v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10958-024-07042-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811327v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218339024500128" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04474606v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivric Valaire Yatat&#8211;djeumen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2024.109165" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177516v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hamelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hilker" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-023-01972-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930082v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Banasiak" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivric Valaire Yatat Djeumen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12591-020-00552-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689311v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Eduardo Escobar-Lasso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Martinez-Romero" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2023.02.023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437588v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2021.108724" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699418v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2022.108856" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chapwanya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Americo Matusse" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.09.036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570303v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Doizy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couteron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109381" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02545576v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roumen Anguelov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.6385" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567881v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Soledad Aronna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-020-00790-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778221v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Talaga" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dejean" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-020-01214-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432457v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Djoukwe Tapi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bagny-Beilhe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nonrwa.2019.103082" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943683v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2019.06.002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01997140v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Bekker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2019.01.029" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02277184v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Ngwa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranda Teboh-Ewungkem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouifki" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2018.12.043" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089534v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Strugarek" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bossin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2018.11.026" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01493384v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Thuilliez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/wber/lhw066" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01799376v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Souli&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Michel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.4858" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-01910290v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01850530v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2017.08.002" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860823v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Djoukwe Tapi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bagny Beilhe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bowong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.5063" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743823v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02189390v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Yatat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2017.06.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01975742v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Djeumen Yatat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tchuint&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2018.12.167" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02183594v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G. Nembot Fomba" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Takam Soh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerben Martijn ten Hoopen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.5206" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02188494v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mouza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12480" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01851413v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufourd" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2015.06.014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02194380v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tewa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bowong" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-016-1060-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837393v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2017.07.060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02193359v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tchuint&#233; Tamen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Tewa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2016.03.008" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02127683v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2016.01.019" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01983484v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2016.08.011" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074432v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paoli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nonrwa.2014.09.009" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGWPQWZ6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285417v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C. Gouagna" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Dehecq" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fontenille" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2014.12.011" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXV78185-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078416v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jules Tewa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2014.04.212" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000572v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.-S. Lubuma" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shillor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2013.04.042" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456729v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mathieu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chiroleu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flores" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10526-014-9574-y" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078341v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tamen Tchuinte" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jules Tewa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/214" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137865v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/271" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02065066v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2014.06.012" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02024964v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengzhen Kang" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Guo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2014.08.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00968183v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lebon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mailleret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grognard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2014.02.020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00925783v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Weldon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2013.12.061" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945958v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chantal Dufourd" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2013.03.024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00700057v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bonneu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rey" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-1057-7" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-634XXJ0R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00694982v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcm.2011.12.024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1RZ6JND-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025029v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Tchuenche" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-011-0477-6" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MXT5GTM9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00732800v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M.-S Lubuma" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2012.02.068" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQVKVSNP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00732873v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2012.02.040" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CG45KBWX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070984v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hamie" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Popova" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Chikoidze" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3595271" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00524223v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Russell" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lecomte" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Corre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1939-7445.2010.00068.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00466218v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mbe.2010.7.313" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858444v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James C. Russell" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lecomte" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2009.01.017" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWMZRG06-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569160v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCAT.2008.021884" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00454695v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Domerg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2008.02.008" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K30LD4R-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526382v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526379v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526380v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hetier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Yatat-Djeumen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526381v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Doukhan" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114796v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916975v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213572v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213519v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#233;tier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213539v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287425v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114647v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114736v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495187v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652120v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652115v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428185v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M. Hamelin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilker Frank" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180733v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219286v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162763v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04118432v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank M. Hilker" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162767v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179959v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180395v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884566v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179173v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972169v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Escobar" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Martinez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675338v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282306v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177389v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293453v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286380v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia F. Oliva" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282739v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293439v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02988206v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174080v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174081v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04651049v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02290484v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banasiak Jacek" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02308030v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire I. Djeumen Yatat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02308002v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173818v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02313589v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795913v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01945412v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860854v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860855v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02796618v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02329351v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00848422v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2012.6524836" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476111v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lubuma" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4758961" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476166v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3636836" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00454770v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meir Shillor" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00455049v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181565v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Beaudoin-Ollivier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Freyssinet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raidi Rahman Moeis" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Rouan" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02404018v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860858v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowong Samuel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456742v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Dourdaine" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniss Moussady" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979473v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sellier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mammeri" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Peynaud" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomez-Gallego" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leuzinger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2025.1419.15" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401399v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50826-5_4" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402352v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305474v2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Ivric Yatat-Djeumen" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252868v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252880v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955417v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799954v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Bossin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522527v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brengues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marquereau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Le Goff" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dumont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Remoue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2026.108496" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688245v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Bliman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon de la Tousche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2025.116047" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003793v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-025-01529-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693417v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duprez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Privat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-025-02297-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315224v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiver Cardona-Salgado" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Vasilieva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2025.109540" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02418508v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10958-024-07042-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721445v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacob" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Duyck" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delatte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811327v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218339024500128" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190843v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Oliva" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012052" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04474606v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivric Valaire Yatat&#8211;djeumen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2024.109165" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177516v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hamelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hilker" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-023-01972-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930082v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Banasiak" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivric Valaire Yatat Djeumen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12591-020-00552-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689311v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Eduardo Escobar-Lasso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Martinez-Romero" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2023.02.023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437588v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2021.108724" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699418v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2022.108856" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chapwanya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Americo Matusse" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.09.036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570303v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Doizy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couteron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109381" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02545576v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roumen Anguelov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.6385" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567881v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Soledad Aronna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-020-00790-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778221v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Talaga" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dejean" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Az&#233;mar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-020-01214-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432457v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Djoukwe Tapi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bagny-Beilhe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nonrwa.2019.103082" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943683v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2019.06.002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02277184v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Ngwa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranda Teboh-Ewungkem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouifki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2018.12.043" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01997140v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Bekker" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2019.01.029" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089534v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Strugarek" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bossin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2018.11.026" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01493384v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Thuilliez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/wber/lhw066" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-01910290v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01799376v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Souli&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Michel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.4858" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01850530v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2017.08.002" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860823v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Djoukwe Tapi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Bagny Beilhe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bowong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.5063" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02189390v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Yatat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2017.06.004" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743823v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01975742v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Djeumen Yatat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tchuint&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2018.12.167" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02183594v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G. Nembot Fomba" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Takam Soh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerben Martijn ten Hoopen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mma.5206" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02188494v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mouza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12480" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01851413v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufourd" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2015.06.014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02194380v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tewa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bowong" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-016-1060-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837393v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2017.07.060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02193359v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tchuint&#233; Tamen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Tewa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2016.03.008" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02127683v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2016.01.019" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01983484v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2016.08.011" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074432v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paoli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nonrwa.2014.09.009" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGWPQWZ6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285417v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C. Gouagna" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Dehecq" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fontenille" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2014.12.011" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXV78185-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078416v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jules Tewa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2014.04.212" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456729v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mathieu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chiroleu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flores" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10526-014-9574-y" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078341v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Tamen Tchuinte" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jules Tewa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/214" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000572v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.-S. Lubuma" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shillor" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2013.04.042" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137865v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/271" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02065066v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2014.06.012" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00968183v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lebon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mailleret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grognard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2014.02.020" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02024964v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengzhen Kang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Guo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2014.08.001" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00925783v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Weldon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11145/j.biomath.2013.12.061" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945958v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chantal Dufourd" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2013.03.024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00700057v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bonneu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rey" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-1057-7" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-634XXJ0R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Tchuenche" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-011-0477-6" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MXT5GTM9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00694982v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcm.2011.12.024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1RZ6JND-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00732800v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M.-S Lubuma" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2012.02.068" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQVKVSNP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00732873v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2012.02.040" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CG45KBWX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070984v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hamie" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Popova" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Chikoidze" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3595271" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00524223v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Russell" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lecomte" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Corre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1939-7445.2010.00068.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00466218v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mbe.2010.7.313" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858444v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James C. Russell" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lecomte" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2009.01.017" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWMZRG06-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569160v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCAT.2008.021884" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00454695v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Domerg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2008.02.008" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K30LD4R-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526379v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526382v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526380v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hetier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Yatat-Djeumen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526381v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Doukhan" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114796v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916975v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213572v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213519v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#233;tier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213539v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287425v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114647v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114736v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495187v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652120v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652115v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428185v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M. Hamelin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilker Frank" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180733v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219286v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04118432v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank M. Hilker" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162763v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162767v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180395v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179959v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884566v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179173v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972169v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Escobar" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Martinez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675338v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177389v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293453v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282306v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286380v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia F. Oliva" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282739v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293439v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02988206v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174080v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02290484v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banasiak Jacek" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02308030v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire I. Djeumen Yatat" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174081v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04651049v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02308002v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02313589v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173818v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795913v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01945412v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860854v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860855v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02796618v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02329351v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00848422v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2012.6524836" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476111v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lubuma" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4758961" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476166v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3636836" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00454770v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meir Shillor" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00455049v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181565v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Beaudoin-Ollivier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Freyssinet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raidi Rahman Moeis" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Rouan" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02404018v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01860858v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowong Samuel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456742v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Dourdaine" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniss Moussady" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979473v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sellier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mammeri" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Peynaud" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomez-Gallego" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leuzinger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2025.1419.15" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401399v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50826-5_4" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402352v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305474v2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valaire Ivric Yatat-Djeumen" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252868v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252880v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955417v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799954v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Bossin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>