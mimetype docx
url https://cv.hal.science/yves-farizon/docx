--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -364,1962 +364,1828 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05442071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoding the dynamics of calves’ respiratory and gut microbiota: exploring stability, resistance, and individual patterns</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+                <w:t xml:space="preserve">Do Digestive Bacteria Suffer from Oxidative Stress: A Study on Ruminal Bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Microbiome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21203/rs.3.rs-6411889/v1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Science and Nutrition Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26502/jfsnr.2642-110000185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249571v2</w:t>
+                <w:t xml:space="preserve">hal-05408391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Digestive Bacteria Suffer from Oxidative Stress: A Study on Ruminal Bacteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">The ruminal and faecal microbiota, digestion processes, and milk composition of dairy cows are modified by the botanical biodiversity of pastures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Musati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science and Nutrition Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26502/jfsnr.2642-110000185⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (6), pp.101537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05408391v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ruminal and faecal microbiota, digestion processes, and milk composition of dairy cows are modified by the botanical biodiversity of pastures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Milka Popova</w:t>
+                <w:t xml:space="preserve">Effect of dietary supplementation with algae extracts on growth performance and caecal microbiota of broiler chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Zemb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bousleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101537⟩</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65 (4), pp.403-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071668.2024.2328676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05110856v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of dietary supplementation with algae extracts on growth performance and caecal microbiota of broiler chickens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">Herbage utilisation method affects rumen fluid and milk fatty acid profile in Holstein and Montbéliarde cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Manzocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kreuzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00071668.2024.2328676⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (12), pp.100674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04537307v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbage utilisation method affects rumen fluid and milk fatty acid profile in Holstein and Montbéliarde cows</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Somatic cell count–based selection reduces susceptibility to energy shortage during early lactation in a sheep model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bouvier-Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Enjalbert</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Portes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100674⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101 (3), pp.2248-2259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-13479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906464v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somatic cell count–based selection reduces susceptibility to energy shortage during early lactation in a sheep model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feeding heat-oxidized oil to dairy cows affects milk fat nutritional quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Bouvier-Muller</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2017-13479⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (01), pp.183-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731117001318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621488v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feeding heat-oxidized oil to dairy cows affects milk fat nutritional quality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Enzymatic Study of Linoleic and Alpha-Linolenic Acids Biohydrogenation by Chloramphenicol-Treated Mixed Rumen Bacterial Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731117001318⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.01452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621031v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymatic Study of Linoleic and Alpha-Linolenic Acids Biohydrogenation by Chloramphenicol-Treated Mixed Rumen Bacterial Species</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Effects of the heating process of soybean oil and seeds on fatty acid biohydrogenation in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Puaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.01452⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97 (9), pp.5657-5667. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2013-7783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620963v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the heating process of soybean oil and seeds on fatty acid biohydrogenation in vitro</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Lipid oxidation products of heated soybeans as a possible cause of protection from ruminal biohydrogenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 97 (9), pp.5657-5667. </w:t>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 115 (2), pp.161-169. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2013-7783⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201200145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02632008v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid oxidation products of heated soybeans as a possible cause of protection from ruminal biohydrogenation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Effect of chemical form, heating, and oxidation products of linoleic acid on rumen bacterial population and activities of biohydrogenating enzymes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 96 (11), pp.7167-7180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2013-6768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejlt.201200145⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02649647v1</w:t>
+                <w:t xml:space="preserve">hal-02652460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of chemical form, heating, and oxidation products of linoleic acid on rumen bacterial population and activities of biohydrogenating enzymes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Post-weaning changes in the digestive physiology and caecal fermentative activity in the greater cane rat (&amp;lt;em&amp;gt;Thryonomys swinderianus&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yapo Magloire Yapi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Segura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Zongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> African Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 47 (2), pp.311-320</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02652460v1</w:t>
+                <w:t xml:space="preserve">hal-02648564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-weaning changes in the digestive physiology and caecal fermentative activity in the greater cane rat (&amp;lt;em&amp;gt;Thryonomys swinderianus&amp;lt;/em&amp;gt;)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Muriel Segura</w:t>
+                <w:t xml:space="preserve">Starch and oil in the donor cow diet and starch in substrate differently affect the in vitro ruminal biohydrogenation of linoleic and linolenic acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Zongo</w:t>
+                <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> African Zoology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 94 (11), pp.5634-5645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2011-4491⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648564v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02652174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starch and oil in the donor cow diet and starch in substrate differently affect the in vitro ruminal biohydrogenation of linoleic and linolenic acids</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Temperature and duration of heating of sunflower oil affect ruminal biohydrogenation of linoleic acid in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Privé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 94 (11), pp.5634-5645. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2011-4491⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 93 (2), pp.711-722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2009-2534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652174v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and duration of heating of sunflower oil affect ruminal biohydrogenation of linoleic acid in vitro</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Gas chromatography/combustion/isotope‐ratio mass spectrometry analysis of urinary steroids to detect misuse of testosterone in sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Becchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Aguilera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...80 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Becchi</w:t>
+                <w:t xml:space="preserve">Marie‐magdeleine Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Casabianca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 8 (4), pp.304-308. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/rcm.1290080404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2329,879 +2195,879 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamism of Calves' Microbiomes: Stability, Resilience, and Patterns in Health and Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Hygoneq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortensia Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Establishment and evolution of ruminotypes of lactating Lacaune ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le niveau de biodiversité végétale des prairies modifie les processus digestifs, le microbiote ruminal et des fèces des vaches laitières et la composition du lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Musati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; Institut de l'Elevage, Dec 2022, Paris, France. pp.75-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host genetics a potent modulator of ruminal microbial activity in dairy ewes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21.Congress of the European Society of Veterinary and Comparative Nutrition (ESVCN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Cirencester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of energy restriction on milk fatty acids profile in early lactation dairy ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Bouvier-Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Congress of the European society of Veterinary and Comparative Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-chain and unsaturated aldehydes altered enteric microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Euro Fed Lipid Congress "Oils, Fats and Lipids: From Lipidomics to Industrial Innovation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation for the Science and Technology of Lipids. DEU., Sep 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d'une incorporation élevée de drèches de distillerie de blé, dans un aliment à formulation simplifiée, sur la croissance, la qualité de la carcasse et la composition en acides gras de la viande de lapin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Coulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3211,390 +3077,540 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Establishing reference values and evaluating analytical approaches for plasma vitamin E in dogs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gouiric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Priymenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESVCN Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05330110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruminal digestion: development of medium-term cultures of ruminal content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of the European Society of Veterinary and Comparative Nutrition (ESVCN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Utrecht, Netherlands. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chauffage des triglycérides ne protège pas l’acide linoléique de la biohydrogénation ruminale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Farizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Troegeler-Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decoding the dynamics of calves’ respiratory and gut microbiota: exploring stability, resistance, and individual patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Sikht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Hygonenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Pot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249571v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId112"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3741,51 +3757,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520340v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Menoury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nozi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delavaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Farizon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2025-27215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05442071v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Sikht" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Hygonenq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-025-00494-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05249571v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-6411889/v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408391v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kaleem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Blanchard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jfsnr.2642-110000185" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Musati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coppa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delb&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdier-Metz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101537" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537307v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coudert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bousleh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2024.2328676" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03906464v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Manzocchi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kreuzer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enjalbert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100674" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621488v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bouvier-Muller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Enjalbert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13479" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621031v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117001318" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620963v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Zened" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Chemit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01452" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632008v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Troegeler-Meynadier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Puaut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7783" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649647v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201200145" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E30B2D4133AF099EEC6B951827CFE3C1390D794/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652460v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6768" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648564v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yapo Magloire Yapi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Segura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zongo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652174v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Nicot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4491" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655429v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Priv&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2534" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05337274v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Becchi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Aguilera" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;magdeleine Flament" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.1290080404" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05233432v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Hygoneq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortensia Robert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116731v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897921v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785002v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740898v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799824v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754544v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulmier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330110v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gouiric" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Priymenko" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795232v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dusart" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813997v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520340v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Menoury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nozi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delavaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Farizon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2025-27215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05442071v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Sikht" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Hygonenq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-025-00494-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408391v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kaleem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Blanchard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jfsnr.2642-110000185" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110856v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Musati" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coppa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delb&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Verdier-Metz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101537" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537307v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coudert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bousleh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2024.2328676" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03906464v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Manzocchi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kreuzer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enjalbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100674" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621488v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bouvier-Muller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Enjalbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13479" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621031v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117001318" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620963v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Zened" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Chemit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01452" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632008v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Troegeler-Meynadier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Puaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7783" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649647v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201200145" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E30B2D4133AF099EEC6B951827CFE3C1390D794/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652460v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6768" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648564v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yapo Magloire Yapi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Segura" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zongo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652174v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Nicot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4491" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655429v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Priv&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2009-2534" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05337274v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Becchi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Aguilera" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;magdeleine Flament" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.1290080404" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05233432v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Hygoneq" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortensia Robert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116731v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897921v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785002v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740898v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799824v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754544v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulmier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330110v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gouiric" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Priymenko" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795232v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dusart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813997v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05249571v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>