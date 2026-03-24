--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -575,51 +575,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dumbarton Oaks Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 79, pp.95-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05391229v1</w:t>
+                <w:t xml:space="preserve">hal-05391229v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlit, Crusader Cemetery – 2018</w:t>
               </w:r>
@@ -992,277 +992,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Rock-Cut Churches of Lalibela and the Cave Church of Washa Mika’el: Troglodytism and the Christianization of the Ethiopian Highlands</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
+                <w:t xml:space="preserve">Haute-Savoie. La chaise curule, objet genré ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ferber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Trémeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Plantevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carroll Gibot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 598, p. 10-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03508231v1</w:t>
+                <w:t xml:space="preserve">hal-04768277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haute-Savoie. La chaise curule, objet genré ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carroll Gibot</w:t>
+                <w:t xml:space="preserve">The Rock-Cut Churches of Lalibela and the Cave Church of Washa Mika’el: Troglodytism and the Christianization of the Ethiopian Highlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Derat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bosc-Tiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mensan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Fauvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, n° 598, p. 10-11</w:t>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04768277v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilet and the wider world. New insights into the archaeology of Islam in Tigray</w:t>
               </w:r>
@@ -7315,234 +7315,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02549350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’actualité de la recherche : le reflet d’autres approches de l’archéologie funéraire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn de Larminat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Corbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Corrochano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Soulat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles approches de l’archéologie funéraire. Actes de la VIe Rencontre du Groupe d’anthropologie et d’archéologie funéraire, 4-5 avril 2014, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 6, Gaaf, pp.217-219, 2017, Publication du Gaaf, 9782954152639</w:t>
+              <w:t xml:space="preserve">, 6, Gaaf, pp.9-11, 2017, Publications du Gaaf, 9782954152639</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03468850v1</w:t>
+                <w:t xml:space="preserve">hal-03468860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’actualité de la recherche : le reflet d’autres approches de l’archéologie funéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gleize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn de Larminat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...53 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Solenn de Larminat; Rémi Corbineau; Alexis Corrochano; Yves Gleize; Jean Soulat. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles approches de l’archéologie funéraire. Actes de la VIe Rencontre du Groupe d’anthropologie et d’archéologie funéraire, 4-5 avril 2014, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 6, Gaaf, pp.9-11, 2017, Publications du Gaaf, 9782954152639</w:t>
+              <w:t xml:space="preserve">, 6, Gaaf, pp.217-219, 2017, Publication du Gaaf, 9782954152639</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03468860v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03468850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sépultures des marges et sépultures marginales : sur quelques exemples médiévaux du sud de la France.</w:t>
               </w:r>
@@ -7591,380 +7591,380 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02531415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation et réutilisation de sarcophages. Bilan et perspectives d’une analyse archéo-anthropologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les sépultures hors du cimetière dans le paysage entre le Ve et le XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Matthieu Gaultier; Anne Dietrich; Alexis Corrochano. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sarcophages de l'Antiquité tardive et du haut Moyen Age : fabrication, utilisation, diffusion, Actes du XXXe colloque de l'Afam.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Rencontre autour des paysages du cimetière médiéval et moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Supplément à la Revue Archéologique du Centre de la France (60), Feracf; Gaaf, pp.293-307, 2015, 978-2-913272-46-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02531388v1</w:t>
+                <w:t xml:space="preserve">halshs-04455813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trois inhumations musulmanes du haut Moyen Age à Nîmes : analyse plutidisciplinaire archéo-anthropologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Breuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Houix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mendisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Pemonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Richarté, C. and Poisson, J.-M. and Gayraud, R. P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Héritages arabo-islamiques dans l'Europe méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.79-89, 2015, Collection Recherches</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures hors du cimetière dans le paysage entre le Ve et le XVIIIe siècle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Utilisation et réutilisation de sarcophages. Bilan et perspectives d’une analyse archéo-anthropologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre autour des paysages du cimetière médiéval et moderne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Supplément à la Revue Archéologique du Centre de la France (60), Feracf; Gaaf, pp.293-307, 2015, 978-2-913272-46-0</w:t>
+              <w:t xml:space="preserve">Les sarcophages de l'Antiquité tardive et du haut Moyen Age : fabrication, utilisation, diffusion, Actes du XXXe colloque de l'Afam.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04455813v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02531388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sépultures hors du cimetière dans le paysage entre le Ve et le XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Pecqueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gaultier Matthieu; Dietrich Anne; Corrochano Alexis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des paysages du cimetière médiéval et moderne : actes du colloque des 5 et 6 avril 2013 au Prieuré Saint-Cosme (La Riche)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FERACF, pp.293-307, 2015, 60e Supplément à la Revue Archéologique du Centre de la France</w:t>
@@ -8073,354 +8073,354 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00740703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures chasséennes du lotissement de la Terrasse à Villeneuve-Tolosane</w:t>
+                <w:t xml:space="preserve">Les sépultures chasséennes du lotissement La Terrasse à Villeneuve Tolosane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Giraud</w:t>
+                <w:t xml:space="preserve">Jean Vaquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Vaquer</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Aurore Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gleize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean Vaquer; Muriel Gandelin; Maxime Remicourt; Yaramila Tchérémissinoff. </w:t>
+              <w:t xml:space="preserve">Vaquer Jean, Gandelin Muriel, Remicourt Maxime, Tchérémissinoff Yaramila. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Défunts néolithiques en Toulousain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Archives d' écologie préhistorique, pp.75-97, 2008</w:t>
+              <w:t xml:space="preserve">, Archives d'Ecologie Préhistorique, pp.75-97, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03055174v1</w:t>
+                <w:t xml:space="preserve">halshs-00304522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sépultures chasséennes du lotissement La Terrasse à Villeneuve Tolosane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les sépultures chasséennes du lotissement de la Terrasse à Villeneuve-Tolosane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vaquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Vaquer</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Aurore Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Vaquer Jean, Gandelin Muriel, Remicourt Maxime, Tchérémissinoff Yaramila. </w:t>
+              <w:t xml:space="preserve">Jean Vaquer; Muriel Gandelin; Maxime Remicourt; Yaramila Tchérémissinoff. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Défunts néolithiques en Toulousain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Archives d'Ecologie Préhistorique, pp.75-97, 2008</w:t>
+              <w:t xml:space="preserve">, Archives d' écologie préhistorique, pp.75-97, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00304522v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03055174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sépultures chasséennes du lotissement La Terrasse à Villeneuve-Tolosane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vaquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8466,90 +8466,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sépultures chasséennes du lotissement La Terrasse à Villeneuve-Tolosane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vaquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gandelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gleize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8627,90 +8627,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte exceptionnelle d’une chaise curule dans une tombe aristocratique romaine à Épagny Metz-Tessy (Haute-Savoie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gleize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Plantevin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9981,51 +9981,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milieu et peuplement en Languedoc occidental du Néolithique à l’âge du Bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vaquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10103,51 +10103,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milieu et peuplement en Languedoc occidental du Néolithique à l’âge du Bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gandelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vaquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10302,51 +10302,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AFC7AECB"/>
+    <w:nsid w:val="17FCA02C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10533,51 +10533,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yves-gleize" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4270-2388" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121895815" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469156v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401158v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry L Sayle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.657" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391229v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Derat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Fauvelle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe Woldeyohannes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ambu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458770v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lacourarie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486684v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113788v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Scuiller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Masson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939989v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bosc-Tiess&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Garric" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2021.20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508231v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04768277v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tr&#233;meaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Plantevin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carroll Gibot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086740v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dorso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenachew" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.163" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349204v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039135v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Brunel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andrew Andrew Bennett" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cardin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barrand Emam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1918034117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884834v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02549359v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673021v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mendisco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groppi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148583" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rouzic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S&#232;ve" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2015.1588" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Loison" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marsac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-012-0070-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842973v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532353v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.855" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00475280v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rougier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.1221" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441409v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melie Le Roy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909815v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Galovi&#269;ov&#225;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ny" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811590v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Mercier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811630v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Retournard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685202v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811619v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423822v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12433" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746872v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Durand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ronco" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02874952v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887646v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Goujon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833442v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roug&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01283626v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Flammin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gregor" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roug&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833310v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537306v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cartron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836569v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836550v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487370v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mariot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenda.unige.ch/events/view/44609" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hha" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731795v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02643245v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;-Manfredi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01809800v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vivas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043007v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Verg&#233;ly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04916966v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bui Thi Mai" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/apg2-ac82" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04881709v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103872v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bernard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437796v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn de Larminat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Corbineau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04183644v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poignant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Armbruster" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guerra" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Calligaro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gleize" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034616v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095343v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095562v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095524v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095399v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033100v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cordier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095394v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095387v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04136210v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Exploring-Outremer-Volume-II-Studies-in-Crusader-Archaeology-in-Honour/Khamisy-Lewis-Shotten-Hallel/p/book/9780367705596" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003146926-12" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104063v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Archaeothanatology-Bioarchaeology-of-Mortuary/Knusel-Schotsmans/p/book/9781138492424" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349218v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Settlement-and-Crusade-in-the-Thirteenth-Century-Multidisciplinary-Studies/Fishhof-Bronstein-Shotten-Hallel/p/book/9780367196745" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429203886-10" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349227v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/j.ctv13pk784.8" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv13pk784.8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03045947v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Cabezuelo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dacko" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deberge" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dousteyssier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994483v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02549350v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.53683" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468850v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468860v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02531415v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02531388v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833343v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Breuil" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Houix" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Pemonge" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455813v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765068v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740703v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055174v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Giraud" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vaquer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00304522v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896919v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873667v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768110v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983996v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00694325v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fritsch" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017770v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Louise Sayle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaizot Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Couvrat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445770v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chandevau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241206v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909979v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fesseha Berhe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025738v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Balestro" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508903v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04121934v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ratsimba" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-L&#233;opold Brochier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508895v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025649v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025657v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yves-gleize" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4270-2388" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121895815" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469156v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gandelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hi5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401158v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry L Sayle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.657" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391229v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Derat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Fauvelle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe Woldeyohannes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ambu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458770v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lacourarie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486684v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113788v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Scuiller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Masson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939989v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bosc-Tiess&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Garric" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2021.20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04768277v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferber" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tr&#233;meaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Plantevin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carroll Gibot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508231v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086740v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dorso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenachew" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.163" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349204v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039135v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Brunel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andrew Andrew Bennett" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cardin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barrand Emam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1918034117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884834v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02549359v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673021v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mendisco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groppi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148583" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rouzic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S&#232;ve" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2015.1588" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Loison" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marsac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-012-0070-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842973v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532353v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.855" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00475280v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rougier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.1221" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441409v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melie Le Roy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909815v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Galovi&#269;ov&#225;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chenal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133ny" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811590v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Mercier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811630v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Retournard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685202v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lambert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811619v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;a Mion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423822v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12433" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746872v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Durand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ronco" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02874952v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887646v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Goujon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833442v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roug&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01283626v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Flammin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gregor" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roug&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833310v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537306v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cartron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836569v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836550v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487370v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deschamps" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mariot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenda.unige.ch/events/view/44609" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hha" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731795v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02643245v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Richart&#233;-Manfredi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01809800v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vivas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043007v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Verg&#233;ly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04916966v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bui Thi Mai" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/apg2-ac82" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04881709v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103872v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bernard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437796v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn de Larminat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Corbineau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04183644v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poignant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Armbruster" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guerra" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Calligaro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gleize" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034616v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095343v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095562v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095524v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095399v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033100v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cordier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095394v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05095387v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04136210v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Exploring-Outremer-Volume-II-Studies-in-Crusader-Archaeology-in-Honour/Khamisy-Lewis-Shotten-Hallel/p/book/9780367705596" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003146926-12" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104063v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Archaeothanatology-Bioarchaeology-of-Mortuary/Knusel-Schotsmans/p/book/9781138492424" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349218v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Settlement-and-Crusade-in-the-Thirteenth-Century-Multidisciplinary-Studies/Fishhof-Bronstein-Shotten-Hallel/p/book/9780367196745" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429203886-10" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349227v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/j.ctv13pk784.8" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv13pk784.8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03045947v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Cabezuelo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dacko" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deberge" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dousteyssier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994483v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02549350v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.53683" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468860v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468850v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02531415v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455813v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833343v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Breuil" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Houix" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Pemonge" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02531388v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765068v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740703v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00304522v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vaquer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055174v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Giraud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896919v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873667v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768110v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983996v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00694325v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fritsch" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017770v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Louise Sayle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaizot Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Couvrat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445770v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bevilacqua" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Caro" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chandevau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241206v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909979v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fesseha Berhe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025738v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Balestro" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508903v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04121934v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ratsimba" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-L&#233;opold Brochier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508895v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025649v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02025657v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>