--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1295,51 +1295,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Schick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, inPress, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.108894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1671,278 +1671,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04411147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire structural performance of thermo-mechanically compressed spruce timber by means experiments and a three-step multi-reactions pyrolysis 3D-finite element modelling</w:t>
+                <w:t xml:space="preserve">Thermal characterization of polyethylene glycol 600 in liquid, solid phases and through the phase transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.T. Tran</w:t>
+                <w:t xml:space="preserve">Justine Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.-D. Thi</w:t>
+                <w:t xml:space="preserve">Christel Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Oudjene</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolò R Sgreva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.126100⟩</w:t>
+              <w:t xml:space="preserve">Thermochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 716, pp.179326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tca.2022.179326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519182v1</w:t>
+                <w:t xml:space="preserve">hal-03516867v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal characterization of polyethylene glycol 600 in liquid, solid phases and through the phase transition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fire structural performance of thermo-mechanically compressed spruce timber by means experiments and a three-step multi-reactions pyrolysis 3D-finite element modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.T. Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.-D. Thi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Noel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Jannot</w:t>
+                <w:t xml:space="preserve">M. Oudjene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Métivier</w:t>
+                <w:t xml:space="preserve">M. Khelifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolò R Sgreva</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Girods</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 716, pp.179326. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 320, pp.126100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tca.2022.179326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.126100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516867v5</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophysical characterization of mould materials using parallel hot wire and needle probe methods at high temperatures</w:t>
               </w:r>
@@ -2169,265 +2169,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03517148v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-physical characterization of Hexadecane during the solid/liquid phase change</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrical analogy associated with a multi-isotherms medium with internal heat source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Degiovanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tca.2022.179180⟩</w:t>
+              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28, pp.101177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsep.2021.101177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03913572v1</w:t>
+                <w:t xml:space="preserve">hal-03506981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical analogy associated with a multi-isotherms medium with internal heat source</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermo-physical characterization of Hexadecane during the solid/liquid phase change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolò R Sgreva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Chaynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 28, pp.101177. </w:t>
+              <w:t xml:space="preserve">Thermochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 710, pp.179180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsep.2021.101177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tca.2022.179180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03506981v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal properties measurement of two tropical wood species as a function of their water content using the parallel hot wire method</w:t>
               </w:r>
@@ -4075,295 +4075,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02088575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KG²B, a collaborative benchmarking exercise for estimating the permeability of the Grimsel granodiorite—Part 2: modelling, microstructures and complementary data</w:t>
+                <w:t xml:space="preserve">KG²B, a collaborative benchmarking exercise for estimating the permeability of the Grimsel granodiorite – Part 1: measurements, pressure dependence and pore-fluid effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C David</w:t>
+                <w:t xml:space="preserve">C. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Amann</w:t>
+                <w:t xml:space="preserve">Marc Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Klaver</w:t>
+                <w:t xml:space="preserve">Guillaume Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Davy</w:t>
+                <w:t xml:space="preserve">Alexandra Amann-Hildenbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Sarout</w:t>
+                <w:t xml:space="preserve">Bernhard Krooss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 215 (2), pp.825 - 843. </w:t>
+              <w:t xml:space="preserve">, 2018, 215 (2), pp.799-824. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggy305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggy304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01858321v1</w:t>
+                <w:t xml:space="preserve">hal-01992587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KG²B, a collaborative benchmarking exercise for estimating the permeability of the Grimsel granodiorite – Part 1: measurements, pressure dependence and pore-fluid effects</w:t>
+                <w:t xml:space="preserve">KG²B, a collaborative benchmarking exercise for estimating the permeability of the Grimsel granodiorite—Part 2: modelling, microstructures and complementary data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. David</w:t>
+                <w:t xml:space="preserve">C David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Fleury</w:t>
+                <w:t xml:space="preserve">F Amann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Berthe</w:t>
+                <w:t xml:space="preserve">J Klaver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Amann-Hildenbrand</w:t>
+                <w:t xml:space="preserve">Catherine Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Krooss</w:t>
+                <w:t xml:space="preserve">J Sarout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 215 (2), pp.799-824. </w:t>
+              <w:t xml:space="preserve">, 2018, 215 (2), pp.825 - 843. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggy304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggy305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01992587v1</w:t>
+                <w:t xml:space="preserve">hal-01858321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-plane thermal diffusivity measurement of thin plates by the transient fin method</w:t>
               </w:r>
@@ -4798,248 +4798,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01484417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental transfer functions identification: Thermal impedance and transmittance in a channel heated by an upstream unsteady volumetric heat source</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A passive guard for low thermal conductivity measurement of small samples by the hot plate method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Degiovanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veneta Grigorova-Moutiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Godefroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2017.09.079⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (1), 015008 / 12p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/28/1/015008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01596891v1</w:t>
+                <w:t xml:space="preserve">hal-01484265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A passive guard for low thermal conductivity measurement of small samples by the hot plate method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental transfer functions identification: Thermal impedance and transmittance in a channel heated by an upstream unsteady volumetric heat source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waseem Al Hadad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Justine Godefroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 28 (1), 015008 / 12p. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 116, pp.931-939. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/28/1/015008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2017.09.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01484265v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling unsteady diffusive and advective heat transfer for linear dynamical systems: A transfer function approach</w:t>
               </w:r>
@@ -6388,319 +6388,331 @@
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 54, pp.202 - 209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2013.12.076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of thermal properties of brick materials based on clay mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Laaroussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lauriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Garoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cherki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 70, pp.351-361. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2014.07.104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01083749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension and optimization of a three-layer method for the estimation of thermal conductivity of super-insulating materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seyed Amir Bahrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Degiovanni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 116 (14), pp.143509. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4897507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of the limits of the 3 omega method using a new complete quadrupole model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tingting Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6719,92 +6731,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Degiovanni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 86, pp.314-324. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2014.06.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01432143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the estimation error in a parsimonious temperature-temperature characterization technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6823,2126 +6835,2126 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Degiovanni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 62, pp.230 - 241. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2013.02.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement and modelisation of the thermal conductivity of a wet composite porous medium: Laterite based bricks with millet waste additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harouna Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salif Gaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Demeurie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 41, pp.586 - 593. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.12.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01430700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid temperature distribution inside a flat mini-channel: Semi-analytical wall transfer functions and estimation from temperatures of external faces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 64, pp.331-342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2013.04.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04381677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid temperature distribution inside a flat mini-channel: Semi-analytical wall transfer functions and estimation from temperatures of external faces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 64, pp.331 - 342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2013.04.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01427465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal properties measurement of dry bulk materials with a cylindrical three layers device.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Degiovanni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 84 (9), pp.9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4821083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01431407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse convection in a flat mini-channel: towards estimation of fluid bulk temperature distribution with infrared thermography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Perry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 395, pp.012070. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/395/1/012070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02321543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeability, Porosity and Klinkenberg Coefficient Determination on Crushed Porous Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Profice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naime Jebara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petrophysics – The SPWLA Journal of Formation Evaluation and Reservoir Description</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 53 (6), pp.430-438</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new quasi-steady method to measure gas permeability of weakly permeable porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 83 (1), pp.015113. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3677846⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03829758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeability Measurement of Graphite Compression Packings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Sauger Benoit Omnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pressure Vessel Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 133 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/1.4002922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03829746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An oriented-design simplified model for the efficiency of a flat plate solar air collector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Luna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Nadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 30 (17-18), pp.2808. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2010.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model and simulation of a solar kiln with energy storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Luna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renewable Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 36 (11), pp.2533-2542. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2010.03.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00971307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solar timber kilns: State of the art and foreseeable developments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Luna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 13, pp.1446-1455. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2008.08.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00971366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Thermal Conductivity and Thermal Resistance Through a Tiny Hot-Plate Experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Degiovanni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High Temperatures-High Pressures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 39 (1), pp.11-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01971683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale et modélisation de la cinétique de séchage de fruits tropicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Talla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Kapseu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Nganhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences des aliments = Food science : an international journal of food science and technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/sda.21.499-518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et modélisation du séchage de trois produits tropicaux : manioc, gingembre et gombo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Ahouannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lallemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences des aliments = Food science : an international journal of food science and technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 20, pp.413-432. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/sda.20.413-432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evaporative capacity as a performance index for a solar drier air heater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yézouma Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 63 (6), pp.387-391. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0038-092X(98)00097-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative heat transfer in a solar air heater covered with a plastic film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yézouma Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 60 (1), pp.35-40. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0038-092X(96)00145-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un procédé économique pour l'amélioration du confort thermique en zone tropicale sèche : la ventilation par de l'air extérieur éventuellement humidifié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Djiako</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Refrigeration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 17 (3), pp.174-179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/0140-7007(94)90016-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economie d'énergie et confort thermique en zone tropicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Djiako</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Refrigeration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 17 (3), pp.166-173. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0140-7007(94)90015-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production d'eau par condensation de l'humidité atmosphérique : évaluation du procédé en zone sahélienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Générale de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, pp.705-709</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8952,51 +8964,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resolution of conductive-radiative heat transfer in a semi-transparent medium: functional estimation of the radiative source term with Monte Carlo method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9041,92 +9053,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Schick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Heat Transfer Conference 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Cape Town, South Africa. pp.10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/IHTC17.50-130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04362765v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal and optical characterization of materials at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9185,73 +9197,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Thermal Radiation to Electrical Energy Conversion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESIEE Paris, Nov 2022, Noisy-le-Grand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04368794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'estimation des propriétés thermiques intrinsèques de matériaux semi-transparents à haute température à partir d'un modèle couplé résolu par la méthode de Monte-Carlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9306,203 +9318,203 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes journées annuelles du GDR TAMARYS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal energy storage in embankments: Investigation of the thermal properties of an unsaturated compacted soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mojdeh Lahoori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Rosin-Paumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Boukelia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farimah Masrouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Energy Geotechnics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, La Jolla, California, United States. pp.07011, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/e3sconf/202020507011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03512968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient Characterization Of A Heat Exchanger Through Identification Of Its Transfer Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waseem Al Hadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9547,394 +9559,394 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Heat Transfer Conference 16</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Beijing, China. pp.4473-4480, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/IHTC16.her.021381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conversion of Waste Heat Based on the Magnetocaloric Effect</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation des échangeurs de chaleur par un capteur virtuel basé sur la fonction de transfert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waseem Al Hadad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maillet Denis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Solid Compounds of Transition Elements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Zaragossa, Spain</w:t>
+              <w:t xml:space="preserve">SFT 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534083v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des échangeurs de chaleur par un capteur virtuel basé sur la fonction de transfert</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Conversion of Waste Heat Based on the Magnetocaloric Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexy Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Rado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Servant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFT 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">20th International Conference on Solid Compounds of Transition Elements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Zaragossa, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534097v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de paramètres en métrologie thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degiovanni Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème congrès international de thermique AMT’2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01534074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du transfert de chaleur dans un demi-échangeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waseem Al Hadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9963,338 +9975,338 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Congrès Français de Thermique SFT 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française Thermique, Apr 2015, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01449401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of the heat transferred to a fluid in a minichannel by an inverse technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waseem Al Hadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/IHTC15.inv.009190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01444406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et inversion de l'évolution transitoire de la température de surface externe dans un mini- canal extracteur de chaleur plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waseem Al Hadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Thermique SFT 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française Thermique, Jun 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid bulk temperature profile in mini-channel: experimental inversion from external surface source and temperature measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10309,87 +10321,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPDO-2013 : 4th International Symposium on Inverse Problems, Design and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01440850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Température de mélange dans un mini canal plan: inversion expérimentale d'un modèle à partir de thermographie infrarouge de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10404,513 +10416,513 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01446933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristation thermique des tenues de sapeurs-pompiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoubir Acem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01446651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INVERSE PROBLEM OF FLUID TEMPERATURE ESTIMATION INSIDE A FLAT MINI-CHANNEL STARTING FROM TEMPERATURE MEASUREMENTS OVER ITS EXTERNAL WALLS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Perry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCOMAS 2012 - European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02324396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convection inverse dans un mini-canal : application à l'estimation de la vitesse débitante et aux conditions pariétales par thermographie infrarouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Rouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Perry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02324365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des propriétés d'écoulement monophasique de matériaux poreux très peu perméables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Omnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Sauger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03390759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10920,100 +10932,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production d'eau, d'air frais et conservation des produits par des procédés solaires rustiques : possibilités d'application en zone sahélienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jannot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 1991. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 1991INPL076N⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01752134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11023,51 +11035,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'une méthode de mesure pour la caractérisation des propriétés thermiques de matériaux isolants poreux et hétérogènes à haute température</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Penazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11115,65 +11127,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Schick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId313"/>
+      <w:footerReference w:type="default" r:id="rId314"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11320,51 +11332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03649339v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jannot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moyne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Degiovanni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03649346v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Moyne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01769388v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01684518v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534098v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04573389v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas El Maakoul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geothermics.2024.103039" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04411172v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Flity" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Terrei" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lardet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schick" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2023.108661" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04548016v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.109036" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416514v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Penazzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Meulemans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.108894" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2024.179831" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310649v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; R. Sgreva" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0154737" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04411147v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Bal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123732" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03519182v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Tran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-D. Thi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudjene" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khelifa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Girods" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.126100" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516867v5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Noel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel M&#233;tivier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; R Sgreva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2022.179326" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03670323v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorsaf Khalifa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Mzali" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107630" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517148v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107690" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913572v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Chaynes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2022.179180" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03506981v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2021.101177" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03536566v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francklin Bobda" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Damfeu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Ra&#239;ssa Ngono Mvondo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meukam" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.125974" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03514121v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106672" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03265547v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Mamadou Bal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121558" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248974v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lasseux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0043915" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03261124v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0050000" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512871v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lahoori" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rosin-Paumier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stoltz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgein.20.00034" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02861706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Capp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bargain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-020-02676-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02861750v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ding" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10665-020-10040-z" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02428554v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.106230" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439493v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jannot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boukelia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Masrouri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2019.114795" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02428574v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-019-02795-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02139134v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schaefer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bianchin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fierro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5065562" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02139120v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.04.026" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02088575v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jagueneau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Ding" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ijht.370142" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01858321v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Amann" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Klaver" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sarout" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy305" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01992587v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fleury" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Berthe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Amann-Hildenbrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Krooss" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy304" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01900573v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Aubert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lechleiter" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5038401" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01779916v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Camus" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5020117" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962419v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waseem Al Hadad" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.05.142" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484417v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Damfeu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wati" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2016.11.022" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01596891v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.09.079" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484265v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veneta Grigorova-Moutiers" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Godefroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/28/1/015008" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01610990v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.07.009" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534027v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Dianoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rado" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Servant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mazet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.257.68" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01487699v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier Hreiz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouceiba Adouani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2017.01.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01509474v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibiath Osseni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ahouannou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Sanya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-017-2217-7" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534030v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.06.04" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534020v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maillet Denis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/745/3/032089" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410086v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Damfeu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meukam" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2016.02.007" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02054811v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Jamart-Gregoire" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Son" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allix" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent F&#233;lix" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Barth" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA20803G" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484438v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21474/IJAR01/2197" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176761v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Rouizi," TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Al Hadad" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2014.12.031" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431548v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Weber" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Ouhajjou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418380v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Bakr Cherki" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Remy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Khabbazi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baillis" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2013.12.076" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083749v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Laaroussi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lauriat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garoum" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cherki" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2014.07.104" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X70MSLSK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418279v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Amir Bahrani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4897507" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432143v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2014.06.010" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01426232v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.02.055" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CWGQMDB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01430700v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salif Gaye" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Demeurie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.12.032" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S27BVRXP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381677v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Rouizi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maillet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.04.040" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L69HG2VW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01427465v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431407v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4821083" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321543v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perry" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/395/1/012070" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830368v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Profice" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naime Jebara" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Hamon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829758v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3677846" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829746v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jolly" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sauger Benoit Omnes" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4002922" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678799v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Luna" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Nadeau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2010.08.016" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971307v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2010.03.024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971366v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2008.08.017" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01971683v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin R&#233;my" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Degiovanni" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963714v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Talla" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Kapseu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nganhou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.21.499-518" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/29B6C80E75C39A6640B926955B89AC19C98FB03D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963702v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lips" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lallemand" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.20.413-432" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/48FB7573118D374B650D5943C35CFF23EBEFA0BF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963683v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;zouma Coulibaly" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-092X(98)00097-8" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXV004GD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963677v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-092X(96)00145-4" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J251Z8N4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963666v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Djiako" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0140-7007(94)90016-7" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T547SXTG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963658v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0140-7007(94)90015-9" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-66HQ9LBG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963646v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362765v2" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC17.50-130" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368794v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369337v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512968v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojdeh Lahoori" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rosin-Paumier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boukelia" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farimah Masrouri" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202020507011" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441544v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.her.021381" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534083v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534097v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534074v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Degiovanni Alain" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449401v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444406v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.inv.009190" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447041v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01440850v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446933v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446651v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Acem" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pageaux" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinson" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324396v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Perry" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324365v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390759v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Omnes" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sauger" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752134v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1991INPL076N" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518174v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03649339v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jannot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moyne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Degiovanni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03649346v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Moyne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01769388v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01684518v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534098v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04573389v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas El Maakoul" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geothermics.2024.103039" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04411172v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Flity" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Terrei" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lardet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schick" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2023.108661" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04548016v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.109036" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416514v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Penazzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Meulemans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.108894" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2024.179831" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310649v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; R. Sgreva" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0154737" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04411147v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Bal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123732" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516867v5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Noel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel M&#233;tivier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; R Sgreva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2022.179326" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03519182v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Tran" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-D. Thi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudjene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khelifa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Girods" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.126100" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03670323v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorsaf Khalifa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Mzali" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107630" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517148v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107690" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03506981v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2021.101177" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913572v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Chaynes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2022.179180" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03536566v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francklin Bobda" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Damfeu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Ra&#239;ssa Ngono Mvondo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meukam" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.125974" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03514121v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106672" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03265547v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Mamadou Bal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121558" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248974v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lasseux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0043915" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03261124v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0050000" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512871v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lahoori" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rosin-Paumier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stoltz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgein.20.00034" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02861706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Capp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bargain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-020-02676-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02861750v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ding" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10665-020-10040-z" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02428554v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.106230" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439493v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jannot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boukelia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Masrouri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2019.114795" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02428574v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-019-02795-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02139134v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schaefer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bianchin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fierro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5065562" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02139120v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.04.026" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02088575v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jagueneau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Ding" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ijht.370142" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01992587v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fleury" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Berthe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Amann-Hildenbrand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Krooss" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy304" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01858321v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C David" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Amann" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Klaver" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sarout" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy305" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01900573v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Aubert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lechleiter" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5038401" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01779916v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Camus" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5020117" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962419v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waseem Al Hadad" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.05.142" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484417v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Damfeu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wati" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2016.11.022" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484265v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veneta Grigorova-Moutiers" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Godefroy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/28/1/015008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01596891v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.09.079" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01610990v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2017.07.009" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534027v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Dianoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rado" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Servant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mazet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.257.68" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01487699v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier Hreiz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouceiba Adouani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2017.01.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01509474v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibiath Osseni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ahouannou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Sanya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-017-2217-7" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534030v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.06.04" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534020v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maillet Denis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/745/3/032089" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410086v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Damfeu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meukam" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2016.02.007" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02054811v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Jamart-Gregoire" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Son" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allix" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent F&#233;lix" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Barth" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA20803G" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484438v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21474/IJAR01/2197" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176761v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Rouizi," TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Al Hadad" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2014.12.031" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431548v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Weber" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Ouhajjou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418380v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Bakr Cherki" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Remy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Khabbazi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baillis" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2013.12.076" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-68KJWX3D-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083749v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Laaroussi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lauriat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garoum" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cherki" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2014.07.104" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X70MSLSK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01418279v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Amir Bahrani" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4897507" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432143v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2014.06.010" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01426232v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.02.055" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CWGQMDB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01430700v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salif Gaye" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Demeurie" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.12.032" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S27BVRXP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381677v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Rouizi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maillet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.04.040" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L69HG2VW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01427465v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431407v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4821083" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321543v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perry" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/395/1/012070" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830368v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Profice" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naime Jebara" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Hamon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829758v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3677846" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829746v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jolly" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sauger Benoit Omnes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4002922" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678799v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Luna" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Nadeau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2010.08.016" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971307v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2010.03.024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971366v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2008.08.017" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01971683v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin R&#233;my" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Degiovanni" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963714v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Talla" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Kapseu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nganhou" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.21.499-518" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/29B6C80E75C39A6640B926955B89AC19C98FB03D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963702v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lips" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lallemand" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.20.413-432" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/48FB7573118D374B650D5943C35CFF23EBEFA0BF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963683v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;zouma Coulibaly" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-092X(98)00097-8" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXV004GD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963677v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-092X(96)00145-4" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J251Z8N4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963666v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Djiako" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0140-7007(94)90016-7" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T547SXTG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963658v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0140-7007(94)90015-9" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-66HQ9LBG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963646v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362765v2" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC17.50-130" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368794v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369337v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512968v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojdeh Lahoori" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rosin-Paumier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boukelia" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farimah Masrouri" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202020507011" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441544v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.her.021381" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534097v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534083v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01534074v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Degiovanni Alain" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449401v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444406v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.inv.009190" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447041v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01440850v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446933v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446651v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Acem" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pageaux" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pinson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324396v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Perry" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324365v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390759v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Omnes" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sauger" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752134v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1991INPL076N" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518174v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>