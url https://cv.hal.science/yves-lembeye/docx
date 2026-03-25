--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,8900 +66,9029 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Residual value: Predictive Lifetime Monitoring of Power Converter Components for Sustainable Reuse and Reliability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubakr Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (97)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open-Loop Paralleling of Class E2 resonant DC-DC Converters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Experimental Verification of load-independence characteristics of a Class E2 parallel resonant DC-DC converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ansley Jugoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomez Florentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Carcouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Carcouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51st Annual Conference of the IEEE Industrial Electronics Society (IECON 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">ECCE Europe 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Nottingham; Newcastle University; IEEE Power Electronics Society; ECPE, Aug 2025, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05322363v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de dimensionnement des convertisseurs modulaires PCA pour la circularité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Open-Loop Paralleling of Class E2 resonant DC-DC Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ansley Jugoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Pinto</w:t>
+                <w:t xml:space="preserve">Salomez Florentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Riondet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
+                <w:t xml:space="preserve">Sébastien Carcouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">51st Annual Conference of the IEEE Industrial Electronics Society (IECON 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05506874v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05322363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Verification of load-independence characteristics of a Class E2 parallel resonant DC-DC converter</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Carcouet</w:t>
+                <w:t xml:space="preserve">Méthode de dimensionnement des convertisseurs modulaires PCA pour la circularité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Riondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maud Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Allard</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCE Europe 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Nottingham; Newcastle University; IEEE Power Electronics Society; ECPE, Aug 2025, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266536v1</w:t>
+                <w:t xml:space="preserve">hal-05506874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of best candidate topology for paralleling standardised VHF DC-DC power converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ansley Jugoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Salomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carcouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IECON 2024 - 50th Annual Conference of the IEEE Industrial Electronics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04943359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convertisseur DC/DC pour réseau MVDC avec services systèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Alouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommendations for Life Cycle Inventory of magnetic components in Power Electronic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Salomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Riondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE Europe 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05316095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing modularity in ecodesigned power electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Riondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd CIRP Conference on Life Cycle Engineering (LCE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Manchester, United Kingdom. pp.918-923, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procir.2024.12.098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond the quest for performance in power electronics conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tugce Turkbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatimata-Fatim Diarrassouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium pour l'électronique &amp; le numérique durables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circular Economy Management of Power Electronic Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tugce Turkbay Romano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thècle Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Perry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics Goes Green 2024+</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and performance evaluation of air core inductors for Very High Frequency power conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Salomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carcouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2024 - International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Nuremberg, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.30420/566262341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operating Frequency Range of Air Core Magnetic Inductors for Very High Frequency Power Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Salomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ansley Jugoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE Design Methodologies Conference (DMC 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Grenoble, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DMC62632.2024.10812116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of a multi-winding magnetic component characterization method to optimize cross-regulation performances in DCM flyback converters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+                <w:t xml:space="preserve">Design for Reuse: residual value monitoring of power electronics' components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubakr Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maud Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cogitore</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">32nd CIRP Design Conference "Design in a changing world"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Paris, France. pp.140-145, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2022.05.227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04064720v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method to Increase WPTS Robustness to Frequency Splitting and Bifurcation Phenomena</w:t>
+                <w:t xml:space="preserve">Application of a multi-winding magnetic component characterization method to optimize cross-regulation performances in DCM flyback converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Lemaitre</w:t>
+                <w:t xml:space="preserve">Denis Motte-Michelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Sarrazin</w:t>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Cogitore</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">2022 24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Hannover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03672232v1</w:t>
+                <w:t xml:space="preserve">hal-04064720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher Winding Efficiency in the WPT System Thanks to Homogeneous Current Distribution in the Litz Wire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Method to Increase WPTS Robustness to Frequency Splitting and Bifurcation Phenomena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Derbey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Brincourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cired workshop on E-mobility and power distribution systems 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Porto, France</w:t>
+              <w:t xml:space="preserve">PCIM Europe 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710901v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03672232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design for Reuse: residual value monitoring of power electronics' components</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Higher Winding Efficiency in the WPT System Thanks to Homogeneous Current Distribution in the Litz Wire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boubakr Rahmani</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Thierry Brincourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Wanderoild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd CIRP Design Conference "Design in a changing world"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cired workshop on E-mobility and power distribution systems 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Porto, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2022.05.227⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03820725v1</w:t>
+                <w:t xml:space="preserve">hal-03710901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and limit of a 4 legs inverter with unbalanced grid injection operation connected to a Quad Active Bridge converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bulteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03672223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIVAE Project : innoVatIve life cycles to keep the VAlue of power Electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tugce Turkbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubakr Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thècle Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des électroniques de puissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, G2ELab, Mar 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Losses prediction in the frequency domain for voltage source inverters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugot Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrimacs 2022: 14th International Conference of TC-Electrimacs Committee</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless Power Transfer Losses Redefined by C0G Capacitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Brincourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Derbey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03673028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction and Optimization of Near Magnetic Field Produced by Interconnections of Multi-cell Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glauber de Freitas Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ndagijimana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe digital days 2021; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Online, France. pp.895-902</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03352406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunités de la modularité pour l’écoconception de convertisseurs de puissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubakr Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème SYMPOSIUM DE GENIE ELECTRIQUE (SGE 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03304646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Passive Power Components Reuse</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Multi-port active-bridges: Energy exchange blocks for Smartgrids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleiman Galeshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe digital days (International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management Proceedings)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, berlin (on line), Germany. pp.956-963</w:t>
+              <w:t xml:space="preserve">CIRED2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03347175v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un algorithme simple pour la prédiction du champ magnétique proche et l'optimisation des interconnexions des réseaux de convertisseurs de puissance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Ndagijimana</w:t>
+                <w:t xml:space="preserve">Analysis of Passive Power Components Reuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubakr Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Lembeye</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Maud Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique 2021 (SGE 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">PCIM Europe digital days (International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management Proceedings)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, berlin (on line), Germany. pp.956-963</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352411v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-port active-bridges: Energy exchange blocks for Smartgrids</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Un algorithme simple pour la prédiction du champ magnétique proche et l'optimisation des interconnexions des réseaux de convertisseurs de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glauber de Freitas Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ndagijimana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIRED2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique 2021 (SGE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03377529v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing Circularity to Product Designers: Application to a Multi-Cell Power Electronics Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khawla Khannoussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIRP 2020 - 30th CIRP Design Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Skukuza, South Africa. pp.134-139, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procir.2020.02.158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02965023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Procedure of DC-DC Multi-Port Active-Bridge Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleiman Galeshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe digital days 2020; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, online, Unknown Region. pp.1--8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03259962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of a DAB under phase-shift modulation for design and DM input current filter optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glauber de Freitas Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ndagijimana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 22nd European Conference on Power Electronics and Applications (EPE'20 ECCE Europe)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.P.1-P.10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03035109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient and scalable power control in multi-port active-bridge converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleiman Galeshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 22nd European Conference on Power Electronics and Applications EPE’20 ECCE Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Lyon, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Cost Efficient Model of Losses for Multi-port Active-bridge Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleiman Galeshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Energy Conversion Congress &amp; Expo – ECCE 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Détroit (virtual), United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECCE44975.2020.9236119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic thermal cooling design for multicell converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIPS 2020; 11th International Conference on Integrated Power Electronics Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03051978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DC/DC Converter Based on a Very High Frequency Tuned Power Oscillator</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling joule losses in planar transformers operating in high-frequency Flyward converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charley Lanneluc</w:t>
+                <w:t xml:space="preserve">Mimoun Askeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cogitore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Maynard</w:t>
+                <w:t xml:space="preserve">Lucas De Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Perichon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany. pp.1--6</w:t>
+              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277151v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03113767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling joule losses in planar transformers operating in high-frequency Flyward converter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A DC/DC Converter Based on a Very High Frequency Tuned Power Oscillator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Makhoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mimoun Askeur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cogitore</w:t>
+                <w:t xml:space="preserve">Charley Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas De Souza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Lembeye</w:t>
+                <w:t xml:space="preserve">Xavier Maynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Perichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">, May 2019, Nuremberg, Germany. pp.1--6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03113767v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic design and implementation of multi-cell multi-phase voltage source inverters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Busquets-Monge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Nicolas-Apruzzese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Nuremberg, Germany. pp.1--7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03113770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comprehensive Sensitivity Evaluation of a GaN Based Class (phi)2 Inverter at Very High Frequency (VHF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawad Makhoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Maynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Perichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Ieee International Conference on Industrial Technology (icit)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Melbourne, Australia. pp.331--337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03113655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bidirectional AC to DC Isolated Multi-Cell Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Gênes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02281529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-cell DC-DC converters – Input differential mode filtering generic design rules and implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Podvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and modeling technique of low power air-cooled PEBBmodules</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etude de deux structures d'onduleurs Hautes Fréquences (HF) et Très Hautes Fréquences (THF) à transistor GaN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Makhoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Maynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Perichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 20th European Conference on Power Electronics and Applications (EPE'18 ECCE Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Riga, Latvia</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884611v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la conception d’une filière technologique pour convertisseurs modulaires</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Characterization Platform for Modular Power Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Andreta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Derbey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SGE 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">PCIM Europe. International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01844246v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01813284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Level Power Electronics Building Block : Industrial Framework for DC-DC Conversion</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Modular Modeling and Control of Power Flow in A Multi-Port Active-Bridge Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleiman Galeshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Podvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIT 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01730696v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization Platform for Modular Power Converters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Design Level Power Electronics Building Block : Industrial Framework for DC-DC Conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lamorelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Podvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe. International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">ICIT 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01813284v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01730696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modular Modeling and Control of Power Flow in A Multi-Port Active-Bridge Converter</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Characterization and modeling technique of low power air-cooled PEBBmodules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Andreta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">2018 20th European Conference on Power Electronics and Applications (EPE'18 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Riga, Latvia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02983366v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de deux structures d'onduleurs Hautes Fréquences (HF) et Très Hautes Fréquences (THF) à transistor GaN</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
+                <w:t xml:space="preserve">Contribution à la conception d’une filière technologique pour convertisseurs modulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lamorelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang Nuyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Podvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">SGE 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02981856v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Modelling Method for Active Power Components Based on Datasheet Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2018; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nuremberg, Germany. pp.1924-1930</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02092296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A High Efficiency and Power Density, High Step-Up, Non-isolated DC-DC Converter Based on Multicell Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farshid Sarrafin_ardebili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIPS 2018 - 10th International Conference on Integrated Power Electronics Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filière technologique pour la conception de convertisseurs DC-DC jusqu'à 400V/4kW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude et réalisation de deux structures d’onduleurs Hautes Fréquences (HF) et Très Hautes Fréquences (VHF) à transistor GaN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawad Makhoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Maynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Perichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SGE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01845189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Modeling and Control of Power Flow in A Multi-Port Active-Bridge Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleiman Galeshi-Mooziraji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SGE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01845208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handling differential mode conducted EMC in modular converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Riga, Latvia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Modelling Method for Active Power Components Based on Datasheet Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe. International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la conception automatique de convertisseurs statiques modulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SYMPOSIUM DE GENIE ELECTRIQUE (SGE 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and prototyping of distributed series connected DC/AC convertersintegrated in PV panels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">A New Step Towards the Power Electronics Design Automation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Andreta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Christophe Crebier</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE 2017 ECCE Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">PCIM Europe 2017; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management; Proceedings of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nuremberg, Germany. pp.1--8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01596249v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Step Towards the Power Electronics Design Automation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Analysis and prototyping of distributed series connected DC/AC convertersintegrated in PV panels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2017; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management; Proceedings of</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nuremberg, Germany. pp.1--8</w:t>
+              <w:t xml:space="preserve">EPE 2017 ECCE Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330495v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a DCDC Dual Active Bridge Converter for Aircraft Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mahe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2017; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nuremberg, Germany. pp.1--7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic Approach for Design, Configuration and Control of Modular Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCIM Europe 2017; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management; Proceedings of</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nuremberg, Germany. pp.1--8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated converter network for active balancing structure of battery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mestrallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kremena Vladimirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIPS 2016; 9th International Conference on Integrated Power Electronics Systems; Proceedings of</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Nuremberg, Germany. pp.1--6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions to dedicated gate driver circuitry for very high switching speed high temperature power devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Long Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farshid Sarrafin_ardebili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Semiconductor Devices and ICs (ISPSD), 2016 28th International Symposium on</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01362327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions aux circuits de commande gate driver dédiés à la haute température et aux très fortes vitesses de commutation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Long Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farshid Sarrafin_ardebili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01333015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une nouvelle approche de conception et de fabrication en Electr. de Puissance. Et si la microélectronique était un exemple à suivre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions aux circuits de « gate-driver » dédiés aux transistors de puissance à forte vitesse de commutation dans un environnement haute temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh-Long Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farshid Sarrafin-Ardebili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc-Duc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation d'une structure de conversion DC-DC réversible pour application aéronautique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximin Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Rizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mahe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and characterization of 0.35 μm CMOS coreless transformer for gate drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Corrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPSD 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Hawai, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00989648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated gate driver circuits with an ultra-compact design and high level of galvanic isolation for power transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Corrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Integrated Power Electronics Systems (CIPS 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Nuremberg, Germany. ISBN 978-3-8007-3578-5, pp 348-353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00957347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfert isolé des signaux de commande dans le contexte de l'intégration pour les composants actifs d'électronique de puissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raha Vafaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duc Ngoc To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Thanh Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Corrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New μPEEC formulation for modeling 2D core,transformer. Principles, academic and industrial applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Bui Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chazal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Kéradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APEC 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Long Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00807369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concept and design of hybrid interleaved and isolated micro-converter for low power applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zijian Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Cousineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Sarraute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th European Conference on Power Electronics and Applications (EPE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Lille, France. pp.1-10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EPE.2013.6631871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00988277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of Dual Active Bridge DC/DC Converters for Converters Networks applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Analyse comparative des systèmes d'électronique de puissance embarqués dans les modules photovoltaïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Raison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">Electronique de puissance du Futur EPF 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00696167v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00772094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparative des systèmes d'électronique de puissance embarqués dans les modules photovoltaïque</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Integration of Dual Active Bridge DC/DC Converters for Converters Networks applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trung Hieu Trinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Raison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronique de puissance du Futur EPF 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">PCIM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00772094v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00696167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Low Power Low Voltage Isolated Switch Mode Power Supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung Hieu Trinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Industrial Electronics CONference, IEEE IECON 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, France. pp.500-505</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of monolithic multiple vertical power diodes in a multiphase converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kremena Vladimirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Gaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Widiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Power Electronics Conference and Exposition (APEC), 2012 Twenty-Seventh Annual IEEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Orlando, United States. pp.169-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00706742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Integration of Dual Active Bridge DC/DC Converters Used in Micro Converters Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung Hieu Trinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Electronics/Intelligent Motion/Power Quality PCIM Europe Conference 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00706753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convertisseur intégré pour les applications réseaux de micro convertisseurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung Hieu Trinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronique de Puissance du Futur 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00716729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TWO FREE AIR CONVECTION AND RADIATION THERMAL MODELS FOR PLANAR MAGNETIC COMPONENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kien Lai Dac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISIE 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Gdansk, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00606443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHOTOVOLTAIC MODULE AND SHADOW: STUDY AND INTEGRATION OF A CURRENT BALANCING SYSTEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUPVSEC 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00517750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Module photovoltaïque et ombrages : étude et intégration d'une structure d'équilibrage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPF 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00497635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation électromagnétique des composants passifs multi-spires multi-couches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kien Lai Dac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPF2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00498102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of modular converter : Survey and Introduction to Generic Approaches</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+                <w:t xml:space="preserve">Implementation and analysis of large winding ratio transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ha Dang Thai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Barbaroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chazal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Rolland</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gérard Gruffat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twenty-Fourth Annual IEEE Applied Power Electronics Conference and Expostion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2009, Washingon, United States. pp.IEEE Catalog: CFP09APE-CDR ISBN: 978-1-4244-2812-0</w:t>
+              <w:t xml:space="preserve">, Feb 2009, Washingon, United States. pp.IEEE Catalog: CFP09APE-CDR ISBN: 978-1-424I4-2812-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00364000v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00363997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and realization of highly integrated isolated DC/DC micro-converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deleage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manh Hung Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Energy Conversion Congress and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, San José, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8970,2392 +9099,2263 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00421722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation and analysis of large winding ratio transformer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+                <w:t xml:space="preserve">Design of modular converter : Survey and Introduction to Generic Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ha Dang Thai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Deleage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chazal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twenty-Fourth Annual IEEE Applied Power Electronics Conference and Expostion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2009, Washingon, United States. pp.IEEE Catalog: CFP09APE-CDR ISBN: 978-1-424I4-2812-0</w:t>
+              <w:t xml:space="preserve">, Feb 2009, Washingon, United States. pp.IEEE Catalog: CFP09APE-CDR ISBN: 978-1-4244-2812-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00363997v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00364000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Modeling of Losses for High Frequency Planar LCT Components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kien Lai Dac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhadi Besri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Kéradec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2009 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, San José, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00421421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical experimentations on the coupling between PEEC and volume integral method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tung Le Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPUMAG 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil. pp 7-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00440325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Realization of Autonomous Power CMOS Single Phase Inverter and Rectifier for Low Power Conditioning Applications</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Planar inductors for high frequency DC-DC converters using microwave magnetic material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Soueidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE 09</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, San José, CA, United States. pp.1890 - 1894, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECCE.2009.5316363⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00422518v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00618646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planar inductors for high frequency DC-DC converters using microwave magnetic material</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Martin</w:t>
+                <w:t xml:space="preserve">Design and Realization of Autonomous Power CMOS Single Phase Inverter and Rectifier for Low Power Conditioning Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Deleage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Allard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EPE 09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Barcelone, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00618646v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00422518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of a 3D decoupled magnetodynamic – electric model by determining the impedance of microcoils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuong Pham Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISEF 2009 - XIV International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Arras, France. pp.65-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00418427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un onduleur CMOS avec commande intégrée pour micro-convertisseur DC/DC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deleage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPF 2008 XIIème colloque Electronique de Puissance du Futur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00293279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Efficiency 3-Phase CMOS Rectifier with Step Up and Regulated Output Voltage – Design and System Issues for Micro Generator Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynek Raisigel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deleage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DTIP 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00288808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIGH EFFICIENCY 3-PHASE CMOS RECTIFIER WITH STEP UP AND REGULATED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Crebier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Raisigel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Deleage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DTIP 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Stresa, lago Maggiore, Italy. pp.338-343</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00257713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Implementation of a High Switching Frequency Digital Controlled SMPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Power Electronics Specialists Conference PESC'07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00289379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous, Low Voltage, High Efficiency, CMOS Rectifier for Three-Phase Micro Generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynek Raisigel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orphée Cugat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS'07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00289189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New soft switching ZVS and ZCS half-bridge inductive DC-DC converters for fuel cell applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+                <w:t xml:space="preserve">New high power - high ratio non isolated DC-DC boost converter for fuel cell applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Dang Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIEP-IEEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Puebla, Mexico</w:t>
+              <w:t xml:space="preserve">IEEE Power Electronics Specialists Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Jeju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00198385v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00194255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New high power - high ratio non isolated DC-DC boost converter for fuel cell applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">New soft switching ZVS and ZCS half-bridge inductive DC-DC converters for fuel cell applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Dang Bang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Power Electronics Specialists Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Jeju, South Korea</w:t>
+              <w:t xml:space="preserve">CIEP-IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Puebla, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00194255v1</w:t>
+                <w:t xml:space="preserve">hal-00198385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated μ-rectifier for μ-sources</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mixed Energy Transfer (MET) Innovative Structure based on LCT and comparison with traditional structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Delamare</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Seminar on Power Semiconductors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">IAS-IEEE Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Tampa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00196780v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00197127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed Energy Transfer (MET) Innovative Structure based on LCT and comparison with traditional structures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Integrated μ-rectifier for μ-sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynek Raisigel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orphée Cugat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Delamare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAS-IEEE Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Tampa, United States</w:t>
+              <w:t xml:space="preserve">8th International Seminar on Power Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00197127v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00196780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of two soft switching DC-DC converters for fuel cell applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ivanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Dang Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAS-IEEE Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Tampa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00198323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Modular DC/DC Converter for Fuel Cell Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Dang Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELMA 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Sofia, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00184596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is Loss free Modulator the Central Component of Switching Power Electronics? Application to Flyback Structure.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Keradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khoumissa Berrouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAS 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Kowloon, Hong Kong SAR China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00185589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of Linearity of Fast Digital Oscilloscope Used in Average Mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Keradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cauffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMTC/93</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 1993, Irvine, United States. pp.146-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00368454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Correction of Low Frequency Response for Oscilloscope Probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cauffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Keradec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Conversion and Intelligent Motion - PCIM'92</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1992, Nuremberg, Germany. pp.230-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00368320v1</w:t>
-              </w:r>
-[...131 lines deleted...]
-                <w:t xml:space="preserve">hal-05051538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11373,90 +11373,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositif de transfert d’énergie sans contact et coupleur comportant celui-ci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3143456. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11474,90 +11474,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Device and system for transferring electrical energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3130090, EP4445393, WO2023105158. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11607,90 +11607,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PWM Strategy for the Cancellation of the Common Mode Noise Generated in a Multicell DC–AC Converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Salomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugot Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 39 (9), pp.11124-11133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11724,103 +11724,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards circular power electronics in the perspective of modularity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tugce Turkbay Romano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thècle Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Perry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedia CIRP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 116, pp.588-593. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11854,77 +11854,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate Efficiency and Power Densities Optimization of Output Inductor of Buck Derived Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugot Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (18), pp.9330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11952,330 +11952,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Automated Design Methodology for Power Electronics Converters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+                <w:t xml:space="preserve">Eco-Dimensioning Approach for Planar Transformer in a Dual Active Bridge (DAB) Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glauber de Freitas Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubakr Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maud Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (3), pp.271. </w:t>
+              <w:t xml:space="preserve">Eng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (4), pp.544-561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics10030271⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/eng2040035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340228v1</w:t>
+                <w:t xml:space="preserve">hal-03454723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco-Dimensioning Approach for Planar Transformer in a Dual Active Bridge (DAB) Application</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Novel Automated Design Methodology for Power Electronics Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Andreta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eng</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (4), pp.544-561. </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (3), pp.271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/eng2040035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics10030271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03454723v1</w:t>
+                <w:t xml:space="preserve">hal-03340228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handling differential mode conducted EMC in modular converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 35 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12303,377 +12303,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02371762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Very High Frequency Self-Oscillating Inverter Based on a Novel Free-Running Oscillator</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Frey</w:t>
+                <w:t xml:space="preserve">DC-AC Isolated Power Converter Array. Focus on Differential Mode Conducted EMI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Hai Phung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lamorelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2019.2904886⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (9), pp.999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics8090999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350894v1</w:t>
+                <w:t xml:space="preserve">hal-02370993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DC-AC Isolated Power Converter Array. Focus on Differential Mode Conducted EMI</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andre Andreta</w:t>
+                <w:t xml:space="preserve">A Very High Frequency Self-Oscillating Inverter Based on a Novel Free-Running Oscillator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Makhoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Zhuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Maynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Perichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (9), pp.999. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (9), pp.8289--8292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics8090999⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2019.2904886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370993v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Component Dispersion in DC to DC Low-Power Low-Voltage Power Converter Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Lamorelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvain Marache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hai Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Sang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8 (9), pp.917. </w:t>
@@ -12737,64 +12737,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Lebourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Labouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (4), pp.047901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12828,103 +12828,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a DC/DC dual active bridge converter for aircraft application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximin Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Rizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mahe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 28 (4), pp.182--199. </w:t>
@@ -12962,90 +12962,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Implementation of a Highly Integrated Dual Active Bridge Microconverter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trung Hieu Trinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 31 (8), pp.5635--5643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13079,77 +13079,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Techniques for Flip-Chip Bonding to Organic Substrates for Low-Power Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyubomir Kerachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crebier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5 (10), pp.1533--1540. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13183,103 +13183,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling between PEEC and magnetic moment method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tung Le Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 32 (1), pp.383-395. </w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13313,90 +13313,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization and design of a cascaded DC/DC converter devoted to grid connected photovoltaic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vighetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 27 (4), pp.2018 - 2027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13430,90 +13430,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un circuit de commande aléatoire pour convertisseur DC-DC dans le cadre des réseaux de micro-convertisseurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deleage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (1), pp.51-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13559,90 +13559,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Realization of Highly Integrated Isolated DC/DC Microconverter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deleage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hung Tran Manh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13702,77 +13702,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les points clefs de l'intégration des convertisseurs de puissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mermet Guyennet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13810,90 +13810,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel half-bridge inductive DC-DC isolated converters for fuel cell applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Dang Bang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Energy Conversion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 24 (1), pp.203-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13940,64 +13940,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'intégration d'une structure à transfert d'énergie mixte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Génie Electrique, Numéro spécial Conversion de l'énergie et intégration en électronique de puissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 10 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14043,77 +14043,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated planar L-C-T component: design, characterisation and experimental efficiency analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 20 (3), pp.593 à 599</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14138,77 +14138,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of Linearity of Fast Digital Oscilloscope Used in Average Mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Keradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cauffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 43 (6), pp.922-928. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14274,64 +14274,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronique de puissance pour le stockage de l'énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Turpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14369,77 +14369,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conversion de l'énergie et intégration en électronique de puissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Génie Electrique - EPF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.volume 10, no 5, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14490,435 +14490,435 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro redresseur intégré pour micro-sources triphasées</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Convertisseur de puissance pour l'aéronautique, à driver passif des IGBT, piloté par techniques numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Milleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mahe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00202673v1</w:t>
+                <w:t xml:space="preserve">hal-00200702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convertisseur de puissance pour l'aéronautique, à driver passif des IGBT, piloté par techniques numériques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimisation de l'interface d'électronique de puissance pour pile à combustible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Dang Bang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Toutain</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-00200702v1</w:t>
+                <w:t xml:space="preserve">hal-00200686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de l'interface d'électronique de puissance pour pile à combustible</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Etude de l'intégration d'une structure à transfert d'énergie mixte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00200686v1</w:t>
+                <w:t xml:space="preserve">hal-00200680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'intégration d'une structure à transfert d'énergie mixte</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Micro redresseur intégré pour micro-sources triphasées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynek Raisigel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Ferrieux</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orphée Cugat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Delamare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00200680v1</w:t>
+                <w:t xml:space="preserve">hal-00202673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -14936,51 +14936,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métrologie de la Commutation de Puissance Rapide. Contribution à la Caractérisation et à la Recherche d'un Modèle d'I.G.B.T..</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Institut National Polytechnique de Grenoble - INPG, 1997. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -15176,51 +15176,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322363v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansley Jugoo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomez Florentin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carcouet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506874v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pinto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Riondet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Crebier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266536v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943359v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Salomez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157923v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Alouani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gaubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316095v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Guillou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chaumat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175695v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.12.098" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481616v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugce Turkbay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Fang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimata-Fatim Diarrassouba" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957852v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugce Turkbay Romano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#232;cle Alix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720848v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanchon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Schanen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despesse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/566262341" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913092v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DMC62632.2024.10812116" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Motte-Michelon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cogitore" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672232v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemaitre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sarrazin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Wanderoild" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derbey" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brincourt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sarrazin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820725v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubakr Rahmani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.227" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672223v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bulteau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684291v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugot Pichon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673028v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352406v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glauber de Freitas Lima" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ndagijimana" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304646v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Andreta" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347175v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352411v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377529v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleiman Galeshi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965023v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Khannoussi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.02.158" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259962v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035109v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215851" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145571v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215905" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145561v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE44975.2020.9236119" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051978v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277151v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawad Makhoul" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Lanneluc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Maynard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perichon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113767v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Askeur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas De Souza" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrieux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113770v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Phung" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyubomir Kerachev" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Busquets-Monge" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Nicolas-Apruzzese" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113655v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281529v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lamorelle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Andreta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136401v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Podvin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884611v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Lavado Villa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844246v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Nuyen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730696v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813284v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983366v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981856v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Frey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092296v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744905v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin_ardebili" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983359v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845189v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845208v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleiman Galeshi-Mooziraji" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886783v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838577v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Crebier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838514v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596249v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330495v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330512v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lembeye" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferrieux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rizet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330507v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330364v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mestrallet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremena Vladimirova" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Collet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362327v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sang Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Long Le" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Ngoc To" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Colin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333015v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361567v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lourd" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361602v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Long Le" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin-Ardebili" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Duc To" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361595v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Blanc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rizet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mahe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989648v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Corrao" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957347v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065361v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raha Vafaei" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Thanh Le" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807369v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Bui Ngoc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chazal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre K&#233;radec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988277v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijian Xiao" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cousineau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631871" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696167v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Hieu Trinh" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772094v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raison" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820246v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706742v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaude" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Widiez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706753v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716729v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606443v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Lai Dac" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517750v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vighetti" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Barbaroux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497635v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498102v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364000v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Dang Thai" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deleage" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rolland" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421722v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Hung Tran" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363997v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruffat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421421v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Besri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440325v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Le Duc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422518v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618646v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tournier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Soueidan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Rousseau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2009.5316363" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418427v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Pham Quang" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu&#233;rin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293279v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288808v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynek Raisigel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257713v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Crebier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raisigel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deleage" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delamare" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289379v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Wang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289189v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orph&#233;e Cugat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198385v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lef&#232;vre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Dang Bang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194255v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196780v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00197127v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vallet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198323v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ivanes" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184596v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185589v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Keradec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoumissa Berrouche" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368454v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cauffet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368320v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051538v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917567v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917595v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720859v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3406770" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098996v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.02.099" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051084v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12189330" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03340228v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10030271" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454723v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/eng2040035" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371762v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2947735" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350894v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Zhuang" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2904886" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370993v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8090999" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371028v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Marache" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8090917" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278138v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lebourgeois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994252" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278144v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2018.1489482" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277758v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2015.2493199" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277687v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2015.2470550" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821833v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311293948" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727993v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2011.2167159" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608465v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.51-68" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-XMG7GF5N-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980664v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Tran Manh" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tia.2010.2103390" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608469v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Meuret" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mermet Guyennet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374401v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tec.2008.2006553" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284475v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.10.583-598" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-M58STQC6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182304v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goubier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368105v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/imtc.1993.382662" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444211v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Turpin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281542v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202673v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200702v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Milleret" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Toutain" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200686v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200680v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00907407v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051538v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubakr Rahmani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266536v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansley Jugoo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomez Florentin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carcouet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322363v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506874v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pinto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Riondet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Crebier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943359v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Salomez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157923v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Alouani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gaubert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316095v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Guillou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chaumat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175695v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.12.098" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481616v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugce Turkbay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Fang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimata-Fatim Diarrassouba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugce Turkbay Romano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#232;cle Alix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720848v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanchon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Schanen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despesse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30420/566262341" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DMC62632.2024.10812116" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820725v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.227" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064720v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Motte-Michelon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cogitore" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672232v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemaitre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sarrazin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Wanderoild" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derbey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brincourt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710901v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sarrazin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672223v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bulteau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104109v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684291v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugot Pichon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673028v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352406v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glauber de Freitas Lima" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ndagijimana" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304646v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Andreta" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377529v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleiman Galeshi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347175v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352411v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965023v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Khannoussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.02.158" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259962v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035109v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215851" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215905" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145561v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE44975.2020.9236119" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113767v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Askeur" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas De Souza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrieux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277151v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawad Makhoul" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Lanneluc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Maynard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perichon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113770v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hai Phung" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyubomir Kerachev" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Busquets-Monge" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Nicolas-Apruzzese" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113655v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lamorelle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Andreta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136401v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Podvin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981856v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Frey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813284v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Lavado Villa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983366v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730696v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884611v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844246v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Nuyen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092296v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744905v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin_ardebili" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983359v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845189v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845208v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleiman Galeshi-Mooziraji" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886783v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838577v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Crebier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838514v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330495v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596249v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330512v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lembeye" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferrieux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rizet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330507v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330364v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mestrallet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremena Vladimirova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Collet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362327v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Sang Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Long Le" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Ngoc To" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Colin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333015v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361567v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lourd" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361602v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Long Le" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Sarrafin-Ardebili" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Duc To" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361595v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Blanc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rizet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mahe" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989648v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Corrao" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957347v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065361v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raha Vafaei" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Thanh Le" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807369v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Bui Ngoc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chazal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre K&#233;radec" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988277v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijian Xiao" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cousineau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631871" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772094v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raison" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696167v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Hieu Trinh" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820246v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706742v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaude" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Widiez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706753v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716729v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606443v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Lai Dac" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vighetti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Barbaroux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497635v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498102v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363997v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Dang Thai" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruffat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421722v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deleage" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Hung Tran" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364000v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rolland" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421421v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Besri" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440325v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Le Duc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618646v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tournier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Soueidan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Rousseau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2009.5316363" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422518v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418427v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Pham Quang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu&#233;rin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293279v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288808v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynek Raisigel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257713v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Crebier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raisigel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deleage" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delamare" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289379v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Wang" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289189v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orph&#233;e Cugat" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194255v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Dang Bang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198385v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lef&#232;vre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00197127v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vallet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196780v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198323v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ivanes" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184596v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185589v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Keradec" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoumissa Berrouche" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368454v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cauffet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368320v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917567v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917595v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720859v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3406770" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098996v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.02.099" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051084v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12189330" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454723v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/eng2040035" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03340228v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10030271" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371762v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2947735" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370993v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8090999" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350894v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Zhuang" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2904886" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371028v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Marache" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8090917" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278138v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lebourgeois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994252" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278144v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2018.1489482" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277758v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2015.2493199" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277687v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2015.2470550" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821833v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311293948" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00727993v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tpel.2011.2167159" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608465v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.51-68" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-XMG7GF5N-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980664v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Tran Manh" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tia.2010.2103390" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608469v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Meuret" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mermet Guyennet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374401v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tec.2008.2006553" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284475v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.10.583-598" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-M58STQC6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182304v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goubier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368105v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/imtc.1993.382662" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444211v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Turpin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281542v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200702v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Milleret" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Toutain" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200686v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200680v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202673v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00907407v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>