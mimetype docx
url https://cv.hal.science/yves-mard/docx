--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,2733 +66,2733 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dividend Policy and Earnings Quality: A Curvilinear Relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassen Allani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04415679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of earnings management on firms' marketadjusted return</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qazi Ghulam Mustafa Qureshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Accounting and Taxation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5897/JAT2022.0535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Effect of Earnings Management on Debt Maturity: An International Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Séverin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (2), pp.125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cca.262.0125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Effect of Earnings Management on Debt Maturity: An International Study, Comptabilité, Contrôle, Audit (CCA), vol 26, n°2, 2020, p.123-154</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestion des résultats, contrôle et implication familiale au sein de la gouvernance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadek Ouhadouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Earning Management accross Publicly Traded and Privately Held French SMEs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Entrepreneurship and Small Business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (3), pp.416-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJESB.2016.079418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'auditeur face aux dilemmes éthiques : L'impact d'une formation à l'éthique sur la conformité au code de déontologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Chaplais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marsat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cca.221.0053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure de l’actionnariat et performance financière de l’entreprise : le cas français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marsat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/fcs.1559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestion des résultats comptables et structure de l'actionnariat : le cas français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marsat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (18), pp.11-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cca.183.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gestion du résultat comptable autour d'un changement de dirigeant en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marsat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3 (15), pp.141-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cca.153.0141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les stratégies comptables précédant un changement de dirigeant en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marsat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 11, pp.111-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditor Perception of Corporate Excess Cash Holdings: The French Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassen Allani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Ben Slimene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA’s 46th Annual Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Accounting Association, May 2024, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditor Perception of Corporate Excess Cash Holdings: The French Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassen Allani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Ben Slimene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45ème Congrès de l’Association Francophone de Comptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bourgogne, May 2024, Dijon (Bourgogne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditor Perception of Corporate Excess Cash Holdings: The French Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassen Allani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Ben Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23ème Conférence Internationale de Gouvernance CIG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lille, Jun 2024, Lille (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dividend Policy and Earnings Quality: the French Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassen Allani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42è Congrès Association Francophone de Comptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EM Lyon, Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04389466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do women on audit committees impact goodwill impairment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bessieux-Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Francophone de Comptabilité 42ème congrè</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dividend Policy and Earnings Quality: the French Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassen Allani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème Conférence Internationale de Gouvernance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Sherbrooke, May 2021, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04389425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do women on audit committees impact goodwill impairment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bessieux-Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème CONFÉRENCE INTERNATIONALE DE GOUVERNANCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Earnings Management on Debt Maturity: an International Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Severin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ème Congrès de l'Association Francophone de Comptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Earnings Management on Debt Maturity: an International Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Severin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Conférence Internationale de Gouvernance d'entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MATURITÉ DE LA DETTE ET GOUVERNANCE D'ENTREPRISE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Séverin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilité, Contrôle et Audit des invisibles, de l'informel et de l'imprévisible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Toulouse, France. pp.cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01188805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la possibilité d'accroître l'éthique de l'auditeur : Le cas d'une formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Chaplais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marsat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesure, évaluation, notation – les comptabilités de la société du calcul</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lille, France. pp.cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des résultats comptables et structure de l'actionnariat : le cas français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marsat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilités, économie et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Montpellier, France. pp.cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00650550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels sont les effets de la pression exercée par les analystes financiers ? Le cas Carrefour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Schatt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crises et nouvelles problématiques de la Valeur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Nice, France. pp.CD-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00484242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stratégies comptables entourant un changement de dirigeant en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marsat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LA COMPTABILITE, LE CONTRÔLE ET L'AUDIT ENTRE CHANGEMENT ET STABILITE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, France. pp.CD Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00525427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Rôle de l'influence sociale sur l'interprétation de l'information comptable : une expérimentation »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marsat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">«Comptabilité et environnement»</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2007, Poitiers, France. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00543065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cessions d'actifs : un moyen de gérer le résultat comptable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Tunisie. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00558227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VERS UNE INFORMATION COMPTABLE PLUS TRANSPARENTE : L'APPORT DES RECHERCHES PORTANT SUR LA GESTION DES RÉSULTATS COMPTABLES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilité et Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, France. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00581229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des résultats comptables : l'influence de la politique financière, de la performance et du contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Normes et Mondialisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, France. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00594012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PERFORMANCE COMPTABLE ET GESTION DES RESULTATS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Identification et maîtrise des risques : enjeux pour l'audit, la comptabilité et le contrôle de gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, France. pp.CD-Rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00582798v1</w:t>
-              </w:r>
-[...1047 lines deleted...]
-                <w:t xml:space="preserve">hal-02156579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2947,51 +2947,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04583976v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Allani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Slimene" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04606201v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04606202v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Brahim" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04389466v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548537v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bessieux-Ollier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Maurice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04389425v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548549v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656365v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Severin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656347v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188805v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric S&#233;verin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899102v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chaplais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marsat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650550v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484242v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schatt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525427v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543065v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558227v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00581229v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00594012v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582798v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415679v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266643v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qazi Ghulam Mustafa Qureshi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aubert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/JAT2022.0535" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029366v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.262.0125" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361409v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653352v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Ouhadouch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156617v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.221.0053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02926874v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vigneron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2016.079418" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156607v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.1559" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156592v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.183.0011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156582v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.153.0141" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415679v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassen Allani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266643v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qazi Ghulam Mustafa Qureshi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aubert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/JAT2022.0535" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029366v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Maurice" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric S&#233;verin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.262.0125" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361409v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653352v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Ouhadouch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02926874v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vigneron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESB.2016.079418" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156617v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chaplais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marsat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.221.0053" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156607v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.1559" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156592v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.183.0011" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156582v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.153.0141" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04583976v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Slimene" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04606201v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04606202v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Brahim" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04389466v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548537v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bessieux-Ollier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04389425v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548549v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656365v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Severin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656347v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188805v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650550v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484242v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schatt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525427v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543065v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558227v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00581229v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00594012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582798v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>