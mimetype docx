--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1011,178 +1011,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du travail mémoriel en classes d'accueil, en mathématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Matheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Millon Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international efficacité et équité en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, CREAD, AECSE, Nov 2008, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelques questions didactiques soulevées à partir d'injonctions institutionnelles portant sur l'enseignement interdisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Matheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel du Groupe des didacticiens de mathématiques (GDM) 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe des didacticiens de mathématiques (GDM), May 2008, Sherbrooke (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959418v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04959465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner au professeur de mathématiques un savoir professionnel outillé d’éléments venus de la théorie didactique</w:t>
               </w:r>
@@ -6397,51 +6397,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218172v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Auroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Matheron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264683v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264763v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264705v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Noirfalise" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948919v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963340v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943303v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bernad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Mejani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943076v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Noirfalise" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943101v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959245v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Panissal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959418v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959465v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon Faure" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978387v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943022v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945047v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Schneider" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943151v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624671v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dollo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Amade-Escot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943210v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942613v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944941v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Cirade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993174v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Felix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Quilio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mercier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947899v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938817v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938974v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/1983-3156.2020v22i4p504-516" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190795v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourgade" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938757v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945993v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960994v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961012v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939644v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noem&#237; Ruiz-Munzon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Bosch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Gasc&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960969v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961305v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Barachet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945138v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946545v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946324v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946280v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938990v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938852v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946172v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zarrouati" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946110v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Araya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951088v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevallard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956098v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940007v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Job" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jacques Mercier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955375v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959531v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.4194" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939979v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Winsl&#248;w" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-012-9453-3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940176v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959550v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.2510" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959366v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940518v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Combelles" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940242v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/012673ar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940266v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Salin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955276v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955332v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956174v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940493v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798979v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Derouet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Forest" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773339v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Trgalova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949001v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bodin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ren&#233; de Cotret" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951397v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961514v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988581v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Merri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pouget" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552191v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Trouche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Hersant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgos Psycharis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ife.ens-lyon.fr/editions/editions-electroniques/actes-des-journees-mathematiques-de-life" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218172v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Auroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Matheron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264683v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264763v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264705v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Noirfalise" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948919v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963340v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943303v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bernad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Mejani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943076v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Noirfalise" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943101v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959245v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Panissal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959465v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon Faure" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959418v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978387v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943022v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945047v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Schneider" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943151v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624671v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dollo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Amade-Escot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943210v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942613v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944941v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Cirade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993174v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Felix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Quilio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mercier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947899v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938817v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938974v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938937v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/1983-3156.2020v22i4p504-516" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190795v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourgade" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938757v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945993v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960994v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961012v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939644v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noem&#237; Ruiz-Munzon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Bosch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Gasc&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960969v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961305v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Barachet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945138v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946545v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946324v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946280v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938990v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938852v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946172v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zarrouati" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946110v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Araya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951088v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevallard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956098v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940007v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Job" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jacques Mercier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955375v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959531v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.4194" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939979v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Winsl&#248;w" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-012-9453-3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940176v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959550v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.2510" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959366v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940518v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Combelles" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940242v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/012673ar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940266v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Salin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955276v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955332v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956174v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940493v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798979v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Derouet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Forest" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773339v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Trgalova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949001v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bodin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ren&#233; de Cotret" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951397v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961514v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988581v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Merri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pouget" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552191v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Trouche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Hersant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgos Psycharis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ife.ens-lyon.fr/editions/editions-electroniques/actes-des-journees-mathematiques-de-life" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>