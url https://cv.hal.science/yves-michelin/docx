--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -796,338 +796,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation du décompacteur de prairie comme outil complémentaire à la gestion raisonnée des populations de micromammifères</w:t>
+                <w:t xml:space="preserve">Développement d’une méthode de surveillance par drone pour la lutte raisonnée contre les campagnols terrestres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Youven Goulamoussène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Perrot Elodie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 241, pp.35-43</w:t>
+              <w:t xml:space="preserve">, 2020, 243, pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03183766v1</w:t>
+                <w:t xml:space="preserve">hal-03335811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Descola (dir.), Les natures en question. Colloque de rentrée du Collège de France, 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
+                <w:t xml:space="preserve">Évaluation du décompacteur de prairie comme outil complémentaire à la gestion raisonnée des populations de micromammifères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études rurales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 241, pp.35-43</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517812v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03183766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une méthode de surveillance par drone pour la lutte raisonnée contre les campagnols terrestres</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+                <w:t xml:space="preserve">Philippe Descola (dir.), Les natures en question. Colloque de rentrée du Collège de France, 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 205, pp.238-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.23208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335811v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renforcer les liens entre élevage et paysage au service du bien-être de la société. Eléments de réflexion et premières pistes pour l’action</w:t>
               </w:r>
@@ -1180,235 +1180,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02907126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why public policies face difficulties in protecting mountain pastoral landscapes: some lessons from the history of the volcanic landscape of the Chaîne des Puys / Limagne fault</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’annonce d’un décès à la famille : vécu des internes de médecine générale et perspectives d’amélioration. Une étude qualitative par entretiens semi structurés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Sagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Vorilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Montoloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01426397.2018.1503238⟩</w:t>
+              <w:t xml:space="preserve">Pédagogie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Pédagogie Médicale, 18, pp.153-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/pmed/2018014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02164401v1</w:t>
+                <w:t xml:space="preserve">hal-02163731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’annonce d’un décès à la famille : vécu des internes de médecine générale et perspectives d’amélioration. Une étude qualitative par entretiens semi structurés.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Sagot</w:t>
+                <w:t xml:space="preserve">Why public policies face difficulties in protecting mountain pastoral landscapes: some lessons from the history of the volcanic landscape of the Chaîne des Puys / Limagne fault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Vorilhon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Michelin</w:t>
+                <w:t xml:space="preserve">Christine Montoloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pédagogie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Pédagogie Médicale, 18, pp.153-160. </w:t>
+              <w:t xml:space="preserve">Landscape Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 43 (8), pp.1097-1116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/pmed/2018014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01426397.2018.1503238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163731v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mieux surveiller les campagnols terrestres et les taupes</w:t>
               </w:r>
@@ -1591,1699 +1591,1699 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genèse de la problématique du campagnol terrestre (Arvicola terrestris) en prairies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changements agricoles de 1956 à 2010 et évolution des pullulations d’Arvicola terrestris: comparaison entre la Bourgogne, la Franche-Comté et les Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Denis Truchetet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.279-284</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.303-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103424v1</w:t>
+                <w:t xml:space="preserve">hal-01103421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment limiter la lutte chimique contre les campagnols terrestres ? Enseignements d'une analyse agro-anthropologique dans 4 territoires montagneux français</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Morlans</w:t>
+                <w:t xml:space="preserve">Genèse de la problématique du campagnol terrestre (Arvicola terrestris) en prairies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Truchetet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.357-363</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.279-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195393v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Campagnol terrestre et lutte raisonnée : quels impacts économiques sur les exploitations en AOP Comté ?</w:t>
+                <w:t xml:space="preserve">Comment limiter la lutte chimique contre les campagnols terrestres ? Enseignements d'une analyse agro-anthropologique dans 4 territoires montagneux français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Schouwey</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marilyne Fontanier</w:t>
+                <w:t xml:space="preserve">S. Morlans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.297-302</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.357-363</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02165587v1</w:t>
+                <w:t xml:space="preserve">hal-01195393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wetlands that are not so wild : contribution of historical and palaeoenvironmental data to landscape management in the chaîne des Puys (France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christèle Ballut</w:t>
+                <w:t xml:space="preserve">Expérimenter &amp;quot;grandeur nature&amp;quot; les méthodes de lutte raisonnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Verilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 220, pp.349-355</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165556v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genèse de la problématique du campagnol terrestre en prairies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Truchetet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 220, pp.279-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimenter &amp;quot;grandeur nature&amp;quot; les méthodes de lutte raisonnée</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+                <w:t xml:space="preserve">Le terroir, un concept pour l’action dans le développement des territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gautier-Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.14807⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631022v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les impacts du campagnol terrestre sur les systèmes fourrragers : le cas de l’élevage bovin allaitant en Bourgogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+                <w:t xml:space="preserve">Elodie Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Perrot</w:t>
+                <w:t xml:space="preserve">Sylvie Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 220, pp.291-296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le terroir, un concept pour l’action dans le développement des territoires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Campagnol terrestre et lutte raisonnée : quels impacts économiques sur les exploitations en AOP Comté ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Schouwey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Prévost</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Capitaine</w:t>
+                <w:t xml:space="preserve">M. Cassez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gautier-Pelissier</w:t>
+                <w:t xml:space="preserve">G Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 220, pp.297-302</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195363v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pullulations de campagnols terrestres : perception du phénomène, impact sur les systèmes bovins laitiers de Franche-Comté et perspectives pour l'action</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wetlands that are not so wild : contribution of historical and palaeoenvironmental data to landscape management in the chaîne des Puys (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.10586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195392v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimenter « grandeur nature » les méthodes de lutte raisonnée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pullulations de campagnols terrestres : perception du phénomène, impact sur les systèmes bovins laitiers de Franche-Comté et perspectives pour l'action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantala Morlans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Verilhac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yves Michelin</w:t>
+                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.349-356</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.285-290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165603v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape effects on water vole (Arvicola terrestris sherman) outbreak dynamics in the Massif Central</w:t>
+                <w:t xml:space="preserve">Expérimenter « grandeur nature » les méthodes de lutte raisonnée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Note</w:t>
+                <w:t xml:space="preserve">A. Verilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.311-318</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.349-356</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195390v1</w:t>
+                <w:t xml:space="preserve">hal-02165603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements agricoles de 1956 à 2010 et évolution des pullulations d’[i]Arvicola terrestris[/i] : comparaison entre la Bourgogne, la Franche-Comté et les Alpes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Couval</w:t>
+                <w:t xml:space="preserve">Landscape effects on water vole (Arvicola terrestris sherman) outbreak dynamics in the Massif Central</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Note</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.303-310</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.311-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195388v1</w:t>
+                <w:t xml:space="preserve">hal-01195390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Campagnol terrestre et lutte raisonnée : quels impacts économiques sur les exploitations en AOP Comté ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changements agricoles de 1956 à 2010 et évolution des pullulations d’[i]Arvicola terrestris[/i] : comparaison entre la Bourgogne, la Franche-Comté et les Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérénice Schouwey</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yves Michelin</w:t>
+                <w:t xml:space="preserve">Florent Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.297 - 302</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.303-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634865v1</w:t>
+                <w:t xml:space="preserve">hal-01195388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les impacts du campagnol terrestre sur les systèmes fourragers : le cas de l’élevage bovin allaitant en Bourgogne</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claire Gaillard</w:t>
+                <w:t xml:space="preserve">Campagnol terrestre et lutte raisonnée : quels impacts économiques sur les exploitations en AOP Comté ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Schouwey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cassez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Fontanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.291-296</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.297 - 302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165569v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements agricoles de 1956 à 2010 et évolution des pullulations d’Arvicola terrestris: comparaison entre la Bourgogne, la Franche-Comté et les Alpes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les impacts du campagnol terrestre sur les systèmes fourragers : le cas de l’élevage bovin allaitant en Bourgogne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 220, pp.303-310</w:t>
+              <w:t xml:space="preserve">, 2014, 220, pp.291-296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103421v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La lutte raisonnée contre le campagnol terrestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Coeurdassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3498,51 +3498,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existe-t-il de « bonnes pratiques » pour réduire l’usage de rodonticides dans les prairies pour lutter contre les campagnols terrestres ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantala Morlans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 28, pp.221-232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3576,64 +3576,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pullulations de campagnol terrestre : quels enjeux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Coeurdassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3701,51 +3701,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape human shaping and spatial mobility of agropastoral practices in the Chaine des Puys during historical times (Massif Central, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5437,6906 +5437,6906 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, spécial Prospective et environnement - Maîtrise du long terme, pp.83-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02576059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (68)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment former en contexte d'incertitudes ? Penser les transitions des systèmes d'élevage par le territoire et le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Védrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIST2023 - Apprendre des territoires / Enseigner les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2023, Aubervilliers, Campus Condorcet, centre des Colloques, France. pp.457-460</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Overseeding and rehabilitation of degraded upland grasslands after Arvicola terrestris outbreaks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Louault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vassal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29th EGF General Meeting: Grassland at the heart of circular and sustainable food systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Caen Normandie, Jun 2022, Caen, France. pp.358-360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table ronde en session plénière sur le thème du &amp;quot;Développement territorial et politiques de gestion et de valorisation de sites patrimoniaux naturels habités : le cas du site de la Chaine des Puys - Faille de Limagne inscrit sur la liste du patrimoine mondial de l’humanité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Randanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16èmes Journées de recherches en Sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale, Dec 2022, Clermont - Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets des politiques de gestion et de valorisation de sites naturels sur les trajectoires individuelles et collectives des éleveurs. Application au site de la Chaîne des Puys - Faille de Limagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Verrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire final du projet Valo-sites "Méthodes d’analyse des effets socio-économiques des politiques de gestion et de valorisation de sites naturels. Application au site de la Chaîne des Puys Faille de Limagne"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Mar 2022, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les nouvelles technologies secouent le cadre de la surveillance biologique du territoire : le cas des pullulations de campagnols dans le Massif central</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prairies et Fourrages 2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lutte contre les campagnols terrestres - État des lieux des recherches au service de l'action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sommet de l'Elevage - 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, CLERMONT- FERRAND, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drone surveillance for micro mammal population control on volvic impluvium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUSTAINABLE SOURCING WEBINAR – DANONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, PARIS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pullulations de campagnols terrestres : un phénomène qui interroge la sociologie et l’anthropologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Guicheteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVème JRSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER-INRAE-CIRAD, Dec 2021, Toulouse, France. 19p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche globale de la santé à l’ère de l’anthropocène : retour d’expériences de la crise sanitaire Covid-19 - Intervention dans le cadre d’un atelier proposé par VetAgro Sup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Allaouchiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Chalvet-Monfray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Chiffoleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kodjo Aziayibor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fête de la Science 2020 : une rentrée anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Organisée par l'Ecole urbaine de Lyon au sein des établissements de la COMUE de Lyon, en partenariat avec le Shift Project., Oct 2020, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02960579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crowdsourcing for georeferencing Napoleonic cadastre over a wide area: First methodological and practical lessons on the scale of the French Puy-de-Dôme Department</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chadeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIGSPATIAL '20: 28th International Conference on Advances in Geographic Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Seattle WA, United States. pp.10-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3423337.3429436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">For a better regulation of water vole populations: why and how modernizing the monitoring, the example of the French Massif central program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th European Vertebrate Pest management Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organiser la transition pour passer de la lutte chimique à une maîtrise durable des populations de Campagnols terrestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème édition du colloque du réseau OPDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La modélisation des réseaux écologiques: un outil d'animation pour la lutte contre le campagnol terrestre?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mini-symposium : recherche sur la forme fouisseuse du campagnol terrestre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, CLERMONT- FERRAND, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How water vole outbreaks perceptions influence farmers strategies for controlling the rodent populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th European Vertebrate Pest management Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passer du système de pensées au système de pratiques pour le contrôle des populations de campagnols ? Une approche agro-anthropologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Le socio-écosystème AOP fromagères : dynamiques et enjeux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why and how taking care of a place ? The importance of landscape legibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International workshop seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Yilan, Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From territorial governance of commons toward a reconfiguration of management models. The case of the “Chaîne des puys –Limagne Fault” Unesco World Heritage application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Marsat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">59th ERSA Congress. Cities, regions and digital transformations: opportunities, risks and challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ERSA, Aug 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to Build a Game that Allows You to Understand the Interactions between Livestock and Territory? Example of Syeleterr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Achour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cournut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Permanent European Conference for the Study of the Rural Landscape</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont- Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European landscapes for quality of life ? Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th PECSRL conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont ferrand- Mende, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pullulations de campagnols terrestres : des recherches originales pour préparer la lutte de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Drevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lattard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de l'herbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Marcenat, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cadastre napoléonien: un outil exceptionnel pour l’histoire de l’occupation des sols et des paysages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Autour de la feuille 52 de la carte de Cassini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment construire un jeu qui permet de comprendre les interactions élevage / territoire ? L’exemple de Syeleterr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Achour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cournut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th PECSRL Conference: European Landscape for quality of life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réconcilier une Nature exceptionnelle avec ses habitants par sa connaissance? Le projet d’inscription de la Chaîne des Puys – faille de Limagne sur la liste du patrimoine mondial de l’UNESCO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université ouverte UCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between local stakes and Universal Value: What risks / opportunities for sites before and after been inscribed on the World Heritage list?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st Parkas meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Geilo, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilisation d'un drone équipé d'une caméra multispectrale pour la surveillance de parcelles agricoles infestées par le campagnol terrestre (Arvicola terrestris)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youven Goulamoussène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Française de Photogrammétrie et de Télédétection CFPT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Champs-sur-Marne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agro-ecology in animal production is not only a question of competition between grass and herbivorous: The example of water vole outbreaks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd summer school in agro-ecology, Agreenium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Wageningen, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Values and valuations of Agricultural Landscapes: a mediation perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CYCU meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Taipei, Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Values and valuations of agricultural landscapes: Some French and European examples and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Yilan seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Yilan county, Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour en finir avec les paradis du campagnol terrestre : de la compréhension des pullulations dans les prairies à l’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël J. Drevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lattard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de l'herbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Marcenat, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zone d’étude «Volvic»: Campagne de Recherche-Action dans l’optique du pilotage de la lutte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mini-symposium: Recherche sur le campagnol terrestre en Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, CLERMONT- FERRAND, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03342461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour en finir avec le rat-le-bol des paysans : comment passer d’un aléa à une gestion concertée et apaisée du risque campagnols terrestres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence du Jardin du Lautaret</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Villar d'Arene, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How stimulating local participation and involvment, some theoretical and practical background</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Cost action RELY Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Reykjavik, Iceland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pastoralism in the chaîne des Puys :An agro-ecological system!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st summer school in agro-ecology, Agreenium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Wageningen, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrooting food for making a more sustainable local development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Yilan Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les graphes paysagers pour la modélisation et la gestion des pullulations de campagnols terrestres.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque DIVA "la trame verte dans les espaces ruraux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01813122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to maintain a ‘natural’ aspect of mountain pastoral landscapes better with public policies: some lessons from the history of the French volcanic Chaîne des Puys public policies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PECSRL Conference : Mountains, Upland, Lowlands - European landscapes from an altitudional perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Innsbruck &amp; Seefeld, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rendre compte des transformations de paysage sous l’effet de la construction d’une autoroute : l’observatoire photographique de la A89</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Enjelvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Crépeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Joliveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ère rencontres de l’image de territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaping volcanic landscapes by sheep in a World Heritage context: some reflexions about new management methods based on the adaptation of traditional grazing practices in the Chaîne des Puys (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Montoloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PECSRL Conference : Mountains, Upland, Lowlands - European landscapes from an altitudional perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Innsbruck &amp;seefeld, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agriculture is not only a food producing system but a mechanism that needs to be well driven for sustainability in landscape: Some teachings from French and Taiwanese situation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuang Yu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cicilien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PECSRL Conference : "Mountains, Upland, Lowlands - European landscapes from an altitudional perspective"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Innsbruck &amp; Seefeld, Austria. pp.85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire d’un lieu un patrimoine commun, conférence introductive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire franco-mexicain pour la mise en place d’une coopération inter-parcs, fédération des PNR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Montlosier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">introduction à l’atelier CREER, colloque Paysages, territoires, transitions les figures de l’engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Values and valuations of agricultural landscapes: Some French and European examples and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Yilan seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Yilan, Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SyElTerr : un jeu pour mieux comprendre les interactions entre élevage et territoire dans une perspective d’intensification écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Poix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Perochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cournut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Capitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Scientifiques du SAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Sète, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The living archives project : Building a local identity by sharing personal archives in order to help people designing a management plan for a UNESCO WH application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Olive-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Fournioux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PECSRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Lund, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landscape history as a communication tool for the management plan of the &amp;quot;Chaîne des Puys”, landscape planning international workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CYCU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Taipei, Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perception de la gestion du campagnol par des éleveurs ayant un grand troupeau laitier en AOP Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20èmes Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France. pp.235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprendre les rapports entre agriculture et paysage : l'apport d'un observatoire photographique régional des mutations paysagères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Engelven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">79. Congrès de l'ACFAS, Agriculture et paysage : des rapports à révéler, à réinventer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone pour le Savoir (ACFAS). Labo/service de l'auteur, Montréal, CAN., May 2011, Sherbrooke, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d'action ? Comment passer d'une posture incantatoire à une pratique opératoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le paysage, retour d'expériences entre recherche et projet", les rencontres de l'abbaye d'Arthous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Mont de Marsan, France. 251 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landscape, water vole and common buzzard populations: do they correlate?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIth European Congress of Mammalogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00610757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How do policy options modify landscape amenities? An assessment approach based on public expressed preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Pinto-Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Truchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Barroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Picchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AgSAP conference 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.100-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do the agri-environmental policies alter sustainability of rural landscapes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Bousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève G. Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chabab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Josien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on Landscape Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02592476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le paysage : retour d’expériences entre recherche et projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Arthous, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Which models of landscape for which types of simulation? Methodological approaches using the landscape block-diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Planchat-Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modélisation des fonctionnalités paysagères, des impacts environnementaux des changements paysagers »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Jun 2008, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des appareils photos au service du développement local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Menadier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’observatoire photographique au service des politiques de paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des appareils photos au service du développement local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Menadier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque MEDADD " l'observatoire photographique au service des politiques de paysage ",</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d’action ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Le paysage : retour d’expériences entre recherche et projet »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Arthous, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels modèles de paysage pour quels types de simulation ? Premières pistes de réflexion méthodologique à travers l’exemple du bloc diagramme paysager.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Planchat-Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Modélisation paysagère spatialisée : des approches dynamiques aux évaluations fonctionnelles"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Thématique Paysage et Environnement, Jun 2008, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en évidence d'éléments emblématiques paysagers d'un produit d'origine certifiée : le fromage AOC Saint-Nectaire dans ses écrins paysagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ginelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Menadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Consortium Européen sur l'Economie du Paysage, Montpellier, 14-16 juin 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02589822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landscape at the crossroads, towards a &amp;quot;geo-economic&amp;quot; analysis of rural landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Perella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">First Workshop on Landscape Economics, Angers, Institut National d'Horticulture, 9-10 juin 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02587783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles représentations paysagères pour l'action territoriale : contribution à la mise en place d'une démarche interdisciplinaire de médiation par le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque JOYSTIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles représentations paysagères pour l’action territoriale : contribution à la mise en place d’une démarche interdisciplinaire de médiation par le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence québéco-française pour le développement de la géomatique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CQFD-Géo, May 2005, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acteurs locaux et initiatives publiques dans le domaine du paysage : une analyse des processus de construction des interventions publiques localisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque final de restitution du programme « Politiques Publiques et Paysages », Saint-Malo, 19-21 octobre 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02586755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When inhabitants photograph their landscapes to preprare a local sustainable development project: new perspectives for the organisation of local participative discussion groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, European congress of landscape ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Faro, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intérêts et limites d`une pratique de l`interdisciplinarité : l'utilisation d`objets spatiaux pour l'évaluation de politiques paysagères locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moquay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque L'évaluation du paysage : une utopie nécessaire ?, Montpellier, 15-16 janvier 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp.425-433</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02583573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paysage de territoire, paysage décor, paysage identité : réseaux, modèles et représentations mobilisés dans les processus de discussion de politiques paysagères intercommunales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moquay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « De la connaissance des paysages à l`action paysagère » MEDD-Cemagref, Bordeaux, 2-4 décembre 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02583572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normes en conflit et compétences interactionnelles : débats autour d'un paysage rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moquay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Normes sociales et processus cognitifs, Poitiers, 18-20 juin 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02582855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évaluation des politiques paysagères : entre dimension cognitive et normative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moquay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Journées françaises de l'évaluation : L'évaluation des politiques publiques à l'épreuve des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2001, Issy-les-Moulineaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évaluation des politiques paysagères : entre dimension cognitive et normative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moquay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3èmes journées françaises de l'évaluation, Issy-les-Moulineaux, 14-15 juin 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, France. pp.208-235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02580183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux de plateau pour l'agriculture et le paysage Penser, concevoir, animer, évaluer, diffuser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Blache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">éditions Quae, 2023, Guides pratique, 9782759237036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35690/978-2-7592-3704-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour en finir avec les paradis du campagnol terrestre : de la compréhension des pullulations dans les prairies à l'action !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Association française pour la production fourragère, 2014, Fourrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01104628v1</w:t>
-              </w:r>
-[...6624 lines deleted...]
-                <w:t xml:space="preserve">hal-02580183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12354,103 +12354,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overseeding and rehabilitation of degraded upland grasslands after Arvicola terrestris outbreaks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Louault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vassal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grassland science in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 27, Wageningen Academic Publishers, pp.358-360, 2022, Grassland at the heart of circular and sustainable food systems, 978-2-7380-1445-0 / EAN: 9782738014450. </w:t>
@@ -12459,851 +12459,2128 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/1.5572318050509348E12)⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04229957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovative public and private measures to encourage the adoption of ecological practices and enhance the performance and sustainability of ecological agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Boehm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Britz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des méthodes de lutte mises en place par les agriculteurs pour lutter contre les campagnols terrestres, cas des communes de Siaugues (43) et Briffons (63). Rapport d'étude, 40 pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrot Elodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR TERRITOIRES. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campagraphe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ThéMA, UMR 6049; Chrono-environnement, UMR 6249; Métafort, UMR 1273. 2015, 66 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03106318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport sur la caractérisation de l’organisation spatiale et fonctionnelle des exploitations agricoles et des modalités d’utilisation des agro‐écosystèmes dans les terrains Vercors, Livradois‐Forez, Pyrénées et Arrière‐pays méditerranéen. Livrable L4.2 réalisé dans le cadre du projet ANR-Systerra-Mouve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dobremez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Nettier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pauthenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Benistant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2014, pp.141</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02601495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d’action ? Comment passer d’une posture incantatoire à une pratique opératoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">APPORT. 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaine des Puys - faille de Limagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-C. Lehours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Clermont Auvergne (UCA). 2010, 97 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00560238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paysage, outil de médiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">8, APPORT. 2009, pp.24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02592511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en relation de la qualité des produits et des paysages : rapport de synthèse sur la marque viande bovine du parc naturel régional du Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dobremez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ernoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ginelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2008, pp.42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en relation de la qualité des produits et des paysages : enseignements issus de l'analyse comparée entre le fromage AOC Saint Nectaire et la marque viande bovine du parc naturel régional du Morvan : rapport final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dobremez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ernoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ginelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2008, pp.38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acteurs locaux et initiatives publiques dans le domaine du paysage : une analyse du processus de construction des interventions publiques localisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2003, pp.138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02581567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avenir d'une zone rurale fragile dans le Massif Central : quatre communes au coeur du Parc Naturel des Volcans d'Auvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cayla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guéringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Bretiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 1991, pp.85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02575418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une lutte intégrée contre les campagnols terrestres dans l'Aveyron - Graissac (12)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Vers une démarche pour la gestion raisonnée des populations de campagnols terrestres et de taupes en zone de moyenne montagne -- ONE HEALTH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrot Elodie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405750v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une démarche pour la gestion raisonnée des populations de campagnols terrestres et de taupes en zone de moyenne montagne -- ONE HEALTH</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Vers une lutte intégrée contre les campagnols terrestres dans l'Aveyron - Graissac (12)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrot Elodie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405772v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposition Innov' Herbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Streith</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour en finir avec le &amp;quot;Rat-le-bol&amp;quot; : Campagnols et agriculteurs sur l'Impluvium de Volvic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrot Elodie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01652715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de paysages de la chaîne des puys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02474734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création du site web www.landscape-ambassador.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jouen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02863373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une typologie des interventions intercommunales en matière de paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Aznar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Candau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paysages : de la connaissance à l'action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.195-209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02589971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Saint-Nectaire cheese landscape: myth or reality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Aznar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Guerreiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Menadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Planchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europe's living landscapes: essays exploring our identity in the countryside</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.49-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02589784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les images de paysage interrogent les territoires : dynamiques des formes, des regards et des pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béringuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bories</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13315,1334 +14592,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545857v1</w:t>
-              </w:r>
-[...1275 lines deleted...]
-                <w:t xml:space="preserve">hal-02575418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -14768,64 +14768,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communicating geoscience through geoheritage: the chaîne des puys and limagne fault Unesco world heritage project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Olive-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14863,64 +14863,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing a monogenetic volcanic field as a world heritage nomination: implication for science, outreach and conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Olive-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin van Wyk de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14958,51 +14958,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental archaeology and landscape planning: two french experiences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fageon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15467,299 +15467,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02601368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape in participatory processes: Tools for stimulating debate on landscape issues? A conceptual and methodological reflection from research-action projects in France</w:t>
+                <w:t xml:space="preserve">Le paysage comme catégorie d'action ? Comment passer d'une posture incantatoire à une pratique opératoire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Joliveau</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Hery-Planchat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Europeen Lanscape Convention : challenges of participation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le paysage. Retour d'expérience entre recherche et projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil général des Landes, pp.141-150, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195333v1</w:t>
+                <w:t xml:space="preserve">hal-02595949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paysage comme catégorie d'action ? Comment passer d'une posture incantatoire à une pratique opératoire ?</w:t>
+                <w:t xml:space="preserve">Landscape in participatory processes: Tools for stimulating debate on landscape issues? A conceptual and methodological reflection from research-action projects in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Joliveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hery-Planchat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le paysage. Retour d'expérience entre recherche et projet</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Europeen Lanscape Convention : challenges of participation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 13 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 326 p., 2011, Landscape Series, 978-90-481-9931-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-90-481-9932-7_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02595949v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrication et la diffusion d'images-types</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Foltête</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Litot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15821,251 +15821,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01092650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A typology of intercommunal actions related to the landscape</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Guerin</w:t>
+                <w:t xml:space="preserve">Eléments de méthode pour une médiation paysagère dans un contexte rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Joliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lavoisier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape: from knowledge to action</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Quae, pp.193-207, 2008, Update Sciences and Technologies, 978-2-6592-0060-3</w:t>
+              <w:t xml:space="preserve">Paysage et information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapitre 11, , pp.257-286., 2008, Traité IGAT, série Aménagement et Gestion du Territoire, 978-2-7462-1795-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02590607v1</w:t>
+                <w:t xml:space="preserve">hal-03725544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléments de méthode pour une médiation paysagère dans un contexte rural</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Joliveau</w:t>
+                <w:t xml:space="preserve">A typology of intercommunal actions related to the landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moquay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paysage et information géographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chapitre 11, , pp.257-286., 2008, Traité IGAT, série Aménagement et Gestion du Territoire, 978-2-7462-1795-9</w:t>
+              <w:t xml:space="preserve">Landscape: from knowledge to action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, pp.193-207, 2008, Update Sciences and Technologies, 978-2-6592-0060-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725544v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02590607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie pour une reconstitution paysagère : un exemple dans la chaîne des Puys, de la fin de l'empire romain au XVIIIe siècle</w:t>
               </w:r>
@@ -16286,77 +16286,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour en finir avec les paradis du campagnol terrestre : de la compréhension des pullulations dans les prairies à l’action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Couval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 220, pp.364, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16550,51 +16550,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05018031v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dorison" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22201/igeof.2954436xe.2024.63.4.1772" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05044531v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04150777v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boivin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Dominique de Larouzi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences13070198" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04648076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kruse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Athanasiadou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csaba Centeri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sl&#225;mov&#225;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/JEL2023.1.001.KRUS" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049942v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Cremilleux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rigolot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2023.875820" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364252v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Poissenot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Moussu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chesneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ramadier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Abi Khalil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2021.113853" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03183766v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrot Elodie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Couval" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517812v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.23208" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335811v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youven Goulamouss&#232;ne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toumazet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dureau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907126v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164401v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Montoloy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01426397.2018.1503238" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163731v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sagot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vorilhon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2018014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177525v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536464v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Balay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boisdon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103424v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Truchetet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudoux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195393v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morlans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165587v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schouwey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cassez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Couval" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Fontanier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165556v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Ballut" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10586" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195391v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Couval" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631022v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Verilhac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195402v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Destrez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Perrot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195363v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gautier-Pelissier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14807" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195392v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coulaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantala Morlans" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165603v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verilhac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195390v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Note" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195388v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Maire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634865v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Schouwey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Fontanier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165569v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103421v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925909v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jacquot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598715v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pinto-Correia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Machado" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barroso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- [.]picchi Paolo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Turpin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2013.01.016" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542988v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/p73s-rq51" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925907v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004279v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.02.015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XCB038TD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Orth" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Michelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Carr&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chevillot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duquet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591931v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pervanchon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590564v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vollet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Menadier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01426390802046077" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201153v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aznar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moquay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201132v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496563v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paradis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669675v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586779v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bishoff" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Josien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681790v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guenet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Surmely" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Tible" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/quate.2003.1747" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267394v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464046v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hill" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mechoud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campos" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coquillard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gueugnot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689578v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orth" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefevre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577934v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Pivot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077164v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L'Homme" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576059v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197111v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dernat" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Blache" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3704-3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104628v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427091v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline V&#233;drine" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229949v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Louault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vassal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210634v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Polge" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Randanne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bazin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511800v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Verrier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405715v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pinot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342464v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596955v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guicheteau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405794v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960579v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chalvet-Monfray" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Chiffoleau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Aziayibor" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04843683v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chadeyron" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423337.3429436" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04942615v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952604v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04952544v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perrot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342454v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girardet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04945169v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04963387v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945568v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Polge" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Marsat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178643v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885709v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vautier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178634v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183108v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Achour" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178648v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177638v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177630v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04929447v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457998v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Drevet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lattard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342461v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178646v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02090672v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178639v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04921709v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Drevet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keller" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178678v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178681v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181433v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Enjelvin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cr&#233;peau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joliveau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183140v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183146v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183125v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuang Yu Wang" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cicilien" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178897v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181435v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Labat" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813122v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181429v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178650v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02302499v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poix" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perochon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02277111v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Olive-Garcia" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fournioux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181558v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01936565v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wirth" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191093v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Engelven" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189892v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Brunet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Domon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610757v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Simon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;ger" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591918v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Truchet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Picchi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592476v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bousset" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chabab" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546091v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546094v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Planchat-H&#233;ry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500622v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546092v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500648v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546093v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589822v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ginelli" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587783v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aznar" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perella" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546139v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546137v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586755v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guerin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Floch" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545349v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583573v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583572v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582855v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760581v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moquay" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580183v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229957v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572318050509348E12)" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405750v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405772v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04942399v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Streith" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01652715v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474734v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863373v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jouen" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589971v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589784v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guerreiro" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Planchat" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545857v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bories" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constans" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218398v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legras" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bareille" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Boehm" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Britz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Byrne" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106318v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01670538v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601495v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dobremez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Nettier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pauthenet" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Benistant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bray" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545470v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brunet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00560238v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Langlois" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Merle" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Lehours" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592511v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591103v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ernoult" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591104v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581567v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575418v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cayla" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gu&#233;ringer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Baud" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Guitton" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bretiere" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04964329v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sagot" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vorilhon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457948v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457952v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457943v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fageon" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077243v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R.C. Hill" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loiseau" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474522v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169285v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601368v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Barrault" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barthelemy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. B&#233;lis Bergouignan" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douadia Bougherara" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brochot" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195333v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hery-Planchat" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springerlink.com/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-9932-7_8" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595949v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Domon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092650v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Litot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590607v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725544v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ballester" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304024v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denefle" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Cohen" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308404v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Fournier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sauget" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457978v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05018031v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dorison" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22201/igeof.2954436xe.2024.63.4.1772" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05044531v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04150777v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boivin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Dominique de Larouzi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences13070198" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04648076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kruse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Athanasiadou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csaba Centeri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sl&#225;mov&#225;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/JEL2023.1.001.KRUS" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049942v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Cremilleux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rigolot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2023.875820" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364252v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Poissenot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Moussu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chesneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ramadier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Abi Khalil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2021.113853" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335811v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youven Goulamouss&#232;ne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrot Elodie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toumazet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dureau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03183766v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Couval" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517812v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.23208" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907126v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163731v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sagot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vorilhon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2018014" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164401v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Montoloy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01426397.2018.1503238" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177525v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536464v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Balay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boisdon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103421v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maire" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Truchetet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103424v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195393v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morlans" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631022v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Verilhac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195391v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Couval" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195363v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gautier-Pelissier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14807" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195402v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Destrez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Perrot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165587v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schouwey" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cassez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Couval" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Fontanier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165556v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Ballut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10586" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195392v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coulaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantala Morlans" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165603v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verilhac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195390v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Note" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195388v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Maire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634865v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Schouwey" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Fontanier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925909v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jacquot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598715v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pinto-Correia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Machado" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barroso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- [.]picchi Paolo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Turpin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2013.01.016" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542988v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/p73s-rq51" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925907v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004279v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.02.015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XCB038TD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Orth" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Michelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Carr&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chevillot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duquet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591931v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pervanchon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590564v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vollet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Menadier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01426390802046077" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201153v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aznar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moquay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201132v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496563v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paradis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669675v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586779v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bishoff" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Josien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681790v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guenet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Surmely" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Tible" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/quate.2003.1747" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267394v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464046v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hill" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mechoud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campos" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coquillard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gueugnot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689578v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orth" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefevre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577934v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Pivot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077164v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L'Homme" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576059v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427091v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline V&#233;drine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229949v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Louault" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vassal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210634v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Polge" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Randanne" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bazin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511800v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Verrier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405794v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405715v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pinot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342464v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596955v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guicheteau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960579v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chalvet-Monfray" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Chiffoleau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Aziayibor" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04843683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chadeyron" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423337.3429436" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04942615v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04952544v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perrot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342454v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girardet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04945169v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952604v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04963387v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945568v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Polge" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Marsat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02090672v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Achour" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178639v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04921709v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Drevet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keller" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lattard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178643v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183108v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178648v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178634v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885709v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vautier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177638v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177630v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04929447v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457998v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Drevet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342461v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178646v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178678v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178681v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181429v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813122v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183140v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181433v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Enjelvin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cr&#233;peau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joliveau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183146v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183125v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuang Yu Wang" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cicilien" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178897v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181435v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Labat" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178650v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02302499v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poix" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perochon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02277111v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Olive-Garcia" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fournioux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181558v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01936565v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wirth" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191093v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Engelven" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189892v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Brunet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Domon" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610757v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Simon" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;ger" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591918v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Truchet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Picchi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592476v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bousset" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chabab" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546091v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546094v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Planchat-H&#233;ry" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500622v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546092v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500648v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546093v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589822v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ginelli" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587783v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aznar" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perella" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546139v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546137v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02586755v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guerin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Floch" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545349v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583573v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583572v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582855v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760581v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moquay" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580183v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197111v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dernat" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Blache" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3704-3" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104628v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229957v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572318050509348E12)" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218398v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legras" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bareille" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Boehm" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Britz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Byrne" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01670538v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106318v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601495v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dobremez" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Nettier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pauthenet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Benistant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bray" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545470v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brunet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00560238v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Langlois" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Merle" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van Wyk de Vries" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Lehours" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592511v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591104v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ernoult" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591103v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581567v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575418v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cayla" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gu&#233;ringer" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Baud" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Guitton" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bretiere" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405772v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405750v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04942399v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Streith" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01652715v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474734v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863373v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jouen" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589971v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589784v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guerreiro" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Planchat" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545857v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bories" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constans" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04964329v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Sagot" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vorilhon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457948v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457952v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457943v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fageon" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077243v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R.C. Hill" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loiseau" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474522v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169285v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601368v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Barrault" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barthelemy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. B&#233;lis Bergouignan" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douadia Bougherara" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brochot" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595949v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Domon" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195333v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hery-Planchat" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springerlink.com/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-9932-7_8" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092650v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Litot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725544v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ballester" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590607v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304024v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denefle" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Cohen" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308404v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Fournier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sauget" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457978v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>