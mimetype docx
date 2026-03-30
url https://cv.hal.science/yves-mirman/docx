--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -169,51 +169,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05463598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La collecte et le traitement des données de recherche en régime de containte</w:t>
+                <w:t xml:space="preserve">La collecte et le traitement des données de recherche en régime de contrainte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mirman</w:t>
@@ -895,203 +895,203 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu’arrive-t-il après une fraude ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment les médias parlent-ils des manquements à l’intégrité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mirman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410097v1</w:t>
+                <w:t xml:space="preserve">hal-05410013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les médias parlent-ils des manquements à l’intégrité ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qu’arrive-t-il après une fraude ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mirman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Boncourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410013v1</w:t>
+                <w:t xml:space="preserve">hal-05410097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1103,217 +1103,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire la déviance scientifique? Analyse du traitement médiatique de deux affaires de manquement à l’intégrité scientifique</w:t>
+                <w:t xml:space="preserve">The gradual evolution of media coverage concerning two French cases of scientific misconduct (2015-2021).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mirman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Boncourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Explaining research misconduct: data, hypotheses, and methodological issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives Poincaré - ANR CRISP, Dec 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04332418v1</w:t>
+                <w:t xml:space="preserve">halshs-04332438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gradual evolution of media coverage concerning two French cases of scientific misconduct (2015-2021).</w:t>
+                <w:t xml:space="preserve">Construire la déviance scientifique? Analyse du traitement médiatique de deux affaires de manquement à l’intégrité scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mirman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Boncourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explaining research misconduct: data, hypotheses, and methodological issues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archives Poincaré - ANR CRISP, Dec 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">10ème Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04332438v1</w:t>
+                <w:t xml:space="preserve">halshs-04332418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Implementation of Scientific Integrity Policies in French Universities</w:t>
               </w:r>
@@ -2117,51 +2117,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463598v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mirman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411000v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leclercq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411045v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219584v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Boncourt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michalon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.251.0033" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463600v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/confl.002.0071" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463593v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.742.0099" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03767682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10284" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463603v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14oc6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410990v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410097v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410013v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332418v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332438v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332432v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332423v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04361595v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03585582v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fournier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geisser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Tr&#233;guer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.aldri.2022.01.0127" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521685v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463598v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mirman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411000v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leclercq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411045v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219584v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Boncourt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Michalon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.251.0033" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463600v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/confl.002.0071" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463593v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.742.0099" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03767682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10284" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463603v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14oc6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410990v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410013v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410097v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332438v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332418v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332432v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04332423v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04361595v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03585582v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fournier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geisser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Tr&#233;guer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.aldri.2022.01.0127" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521685v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>