--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -104,51 +104,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -583,350 +583,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Bernard : un passeur culturel à l’ENSEP ou les germes d’une petite révolution philosophique (1949-1968)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Action publique et injonction du &amp;quot;sport-santé » : La FSCF, nouvelle opératrice de santé ? (2000-2018).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le mai 68 des sportifs et des éducateurs physiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.37-59, 2021, Histoire, 978-2-7535-8203-3</w:t>
+              <w:t xml:space="preserve">Munoz Laurence, Morales Yves &amp; Fortune Yohann, Permanences et mutations du mouvement sportif associatif - Faire société à la FSCF (Fédération sportive et culturelle de France). Paris, Septentrion, Presses universitaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.241-258, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04984222v1</w:t>
+                <w:t xml:space="preserve">hal-04984193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion – Permanences et mutations du fait associatif : « Faire société »</w:t>
+                <w:t xml:space="preserve">1ère partie : Introduction - Démarches éducatives et inclusives par le sport : les fédérations conviées à renforcer la cohésion sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'implication sociale du mouvement sportif associatif : la FSCF entre permanence et mutations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2021, Collection : Sports et sciences sociales, 978-2-7574-3289-1</w:t>
+              <w:t xml:space="preserve">Munoz Laurence, Morales Yves &amp; Fortune Yohann. Permanences et mutations du mouvement sportif associatif - Faire société à la FSCF (Fédération sportive et culturelle de France). Paris, Septentrion, Presses universitaires, p. 29-32.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.29-32, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984204v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1ère partie : Introduction - Démarches éducatives et inclusives par le sport : les fédérations conviées à renforcer la cohésion sociale</w:t>
+                <w:t xml:space="preserve">Conclusion – Permanences et mutations du fait associatif : « Faire société »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Munoz, Laurence; Morales, Yves; Fortune, Yohann (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Munoz Laurence, Morales Yves &amp; Fortune Yohann. Permanences et mutations du mouvement sportif associatif - Faire société à la FSCF (Fédération sportive et culturelle de France). Paris, Septentrion, Presses universitaires, p. 29-32.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.29-32, 2021</w:t>
+              <w:t xml:space="preserve">L'implication sociale du mouvement sportif associatif : la FSCF entre permanence et mutations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2021, Collection : Sports et sciences sociales, 978-2-7574-3289-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984182v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action publique et injonction du &amp;quot;sport-santé » : La FSCF, nouvelle opératrice de santé ? (2000-2018).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Michel Bernard : un passeur culturel à l’ENSEP ou les germes d’une petite révolution philosophique (1949-1968)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Erard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hoibian, Olivier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Munoz Laurence, Morales Yves &amp; Fortune Yohann, Permanences et mutations du mouvement sportif associatif - Faire société à la FSCF (Fédération sportive et culturelle de France). Paris, Septentrion, Presses universitaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.241-258, 2021</w:t>
+              <w:t xml:space="preserve">Le mai 68 des sportifs et des éducateurs physiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.37-59, 2021, Histoire, 978-2-7535-8203-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984193v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le réaménagement des activités physiques au fil du temps</w:t>
               </w:r>
@@ -1497,50 +1497,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alfred Nakache, des bassins olympiques au couloir de Drancy : analyse socio- historique du destin d’un champion (1933-1944)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Gomet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Usages corporels et pratiques sportives aquatiques du XVIIIe au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.165-179, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nakache : des bassins olympiques au couloir de Drancy. Analyse socio-historique de la carrière d’un champion (1934-1944)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doriane Gomet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1566,51 +1661,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Usages corporels et pratiques sportives aquatiques du XVIIIe siècle au XXe siècle (dir. Laurence Munoz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, pp.41-70, 2008, 978-2-296-06244-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01153099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1620,91 +1715,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités physiques des femmes âgées : assignations sexuées et inégalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1713,682 +1808,682 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, vol. 47/n° 177 (3), pp.33-53. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/gs1.177.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05250613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTIVITÉS PHYSIQUES DES FEMMES AGÉES : ASSIGNATIONS SEXUÉES ET INÉGALITÉS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04876008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Éducation à la santé et au bien-être en Éducation Physique et Sportive en France des années soixante à nos jours. Débats et controverses sur le corps « entrainé »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Participation vs prescription : vers une réduction des inégalités sociales en promotion de la santé par le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Travaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27, pp.1-15. </w:t>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 143 (5), pp.41-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.15325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sta.143.0041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973676v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrique des risques liés à la sédentarité et promotion du « sport-santé » en France (1960-2022)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Promouvoir la pratique d’activité physique par le numérique : limites du déploiement d’une application pour le suivi de l’obésité pédiatrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 45, pp.19-36. </w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, vol. 36 (HS2), pp.97-105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14428/emulations.045.02⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/spub.hs2.2024.0097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973692v1</w:t>
+                <w:t xml:space="preserve">hal-04962488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation vs prescription : vers une réduction des inégalités sociales en promotion de la santé par le sport</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’Éducation à la santé et au bien-être en Éducation Physique et Sportive en France des années soixante à nos jours. Débats et controverses sur le corps « entrainé »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thémines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sta.143.0041⟩</w:t>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.15325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04826204v1</w:t>
+                <w:t xml:space="preserve">hal-04973676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promouvoir la pratique d’activité physique par le numérique : limites du déploiement d’une application pour le suivi de l’obésité pédiatrique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabrique des risques liés à la sédentarité et promotion du « sport-santé » en France (1960-2022)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 45, pp.19-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14428/emulations.045.02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/spub.hs2.2024.0097⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04962488v1</w:t>
+                <w:t xml:space="preserve">hal-04973692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aides numériques à l’arbitrage du football. D’une longue résistance à une rapide introduction (1998-2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Desfontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences sociales et sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, N° 19 (1), pp.99-125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rsss.019.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution de l'assistance vidéo à l'arbitrage dans le football au prisme de la télévision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Desfontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2403,73 +2498,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.208-217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tissié’s Psychopedagogical Conceptions of Physical Education: Franco-Swedish Hybridity (1886–1935)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2514,629 +2609,629 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Bazoge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport History Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 53 (2), pp.225-248. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/shr.2021-0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04039529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Seurin : un acteur-réseau mobilisé en faveur d’une éducation physique méthodique (1941-1975) à visée hygiénique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
+                <w:t xml:space="preserve">Les sciences humaines et sociales et le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guérandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Natalia Bazoge</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Perera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 225, pp.16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sta.133.0043⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04040143v1</w:t>
+                <w:t xml:space="preserve">hal-04962497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sciences humaines et sociales et le sport</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carine Guérandel</w:t>
+                <w:t xml:space="preserve">Pierre Seurin : un acteur-réseau mobilisé en faveur d’une éducation physique méthodique (1941-1975) à visée hygiénique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Bazoge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 133 (3), pp.43-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.133.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962497v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action publique et injonction du « sport-santé » : les fédérations sportives, nouvelles opératrices de santé (1980-2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, N° 17 (1), pp.77-87. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/corp1.017.0077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique, une solution pour lutter contre les inégalités sociales de santé ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
+                <w:t xml:space="preserve">Le GREC (1968-1976), une contestation « par corps » de la formation des enseignants d’éducation physique et sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.RESPE.2018.12.053⟩</w:t>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N° 13 (1), pp.57-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsss.013.0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962639v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le GREC (1968-1976), une contestation « par corps » de la formation des enseignants d’éducation physique et sportive</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+                <w:t xml:space="preserve">Le numérique, une solution pour lutter contre les inégalités sociales de santé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rsss.013.0057⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 67, pp.S62-S63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.RESPE.2018.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973742v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French ‘Voluntary Gymnastics’ and the Quest for its identity (1954–2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Travaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3168,196 +3263,196 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural and Social History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 16 (4), pp.491-507. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14780038.2019.1615739⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naissance d’une approche critique du sport et du corps. Le rôle de Michel Bernard (1927-2015) dans le « moment 68 » de l’éducation physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Erard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 126 (4), pp.9-30. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.126.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02429222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Fédérations sportives face aux défis du vieillissement (FFEPGV : 1990-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3387,94 +3482,94 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 40 (2), pp.51. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, vol. 40 / n° 156 (2), pp.51-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs1.156.0051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gs1.156.0051⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02486405v1</w:t>
+                <w:t xml:space="preserve">hal-04040126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Fédérations sportives face aux défis du vieillissement (FFEPGV : 1990-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3504,323 +3599,323 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, vol. 40 / n° 156 (2), pp.51-66. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+              <w:t xml:space="preserve">, 2018, 40 (2), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/gs1.156.0051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04040126v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport et Santé : la FFEPGV en actions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Lebecq</w:t>
+                <w:t xml:space="preserve">Sport et santé : la FFEPGV en actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 172, pp.41-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02063799v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04045930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport et santé : la FFEPGV en actions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yves Travaillot</w:t>
+                <w:t xml:space="preserve">Sport et Santé : la FFEPGV en actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Travaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lebecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 172, pp.41-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04045930v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gymnastique Volontaire et pratiques d’entretien physique : Fragments d’histoire culturelle d’une fédération sportive française (1970 à 1985)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3862,644 +3957,644 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern and Contempory France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 14 (4), pp.481-497</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04055368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (43)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les ressorts et les freins au développement des programmes d’APA destinés à la prévention de la perte d’autonomie des seniors ». Journées d’études pluridisciplinaires sur le vieillissement</w:t>
+                <w:t xml:space="preserve">Effets des inégalités sociales et épistémiques sur l’engagement contrasté des femmes et des hommes de 60 ans et plus dans une activité physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études pluridisciplinaires sur le vieillissement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes, Jan 2024, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">7e Colloque international du REIACTIS : Trajectoires de vieillissements Considérer la pluralité des contextes et des temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RÉIACTIS, Jun 2024, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984353v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’engagement contrasté des hommes et des femmes de plus de 60 ans dans une activité physique : effets des inégalités sociales et épistémiques sur la variation des trajectoires sportives</w:t>
+                <w:t xml:space="preserve">« Marcher pour sa santé – une analyse des facteurs sociaux et environnementaux favorables ou défavorables à une pratique régulière »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Pujol Charissou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour que vieillir soit une chance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSERM, Apr 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">Les matinales de la DRAPPS Occitanie « la promotion de la marche dans la vie quotidienne ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRAPPS Occitanie, Apr 2024, Toulouse (visoconférence), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609052v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">webconférence « Sport, EP et handicap »</w:t>
+                <w:t xml:space="preserve">Coordinations pour l’activité physique adaptée à la prévention de la perte d’autonomie (CAP-APPA) et difficultés de prise en compte des inégalités sociales de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rencontres des savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFR-AEF - INSPE Toulouse Occitanie Pyrénées, Feb 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées d’étude de l’AFS. Activité physique et santé : la fabrique des (in)égalités sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS, Nov 2024, Nîmes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984370v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des inégalités sociales et épistémiques sur l’engagement contrasté des femmes et des hommes de 60 ans et plus dans une activité physique</w:t>
+                <w:t xml:space="preserve">« Les ressorts et les freins au développement des programmes d’APA destinés à la prévention de la perte d’autonomie des seniors ». Journées d’études pluridisciplinaires sur le vieillissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Colloque international du REIACTIS : Trajectoires de vieillissements Considérer la pluralité des contextes et des temps</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RÉIACTIS, Jun 2024, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">Journées d’études pluridisciplinaires sur le vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Jan 2024, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609141v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Marcher pour sa santé – une analyse des facteurs sociaux et environnementaux favorables ou défavorables à une pratique régulière »</w:t>
+                <w:t xml:space="preserve">L’engagement contrasté des hommes et des femmes de plus de 60 ans dans une activité physique : effets des inégalités sociales et épistémiques sur la variation des trajectoires sportives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mischler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les matinales de la DRAPPS Occitanie « la promotion de la marche dans la vie quotidienne ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRAPPS Occitanie, Apr 2024, Toulouse (visoconférence), France</w:t>
+              <w:t xml:space="preserve">Pour que vieillir soit une chance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSERM, Apr 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984362v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinations pour l’activité physique adaptée à la prévention de la perte d’autonomie (CAP-APPA) et difficultés de prise en compte des inégalités sociales de santé</w:t>
+                <w:t xml:space="preserve">webconférence « Sport, EP et handicap »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude de l’AFS. Activité physique et santé : la fabrique des (in)égalités sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFS, Nov 2024, Nîmes (France), France</w:t>
+              <w:t xml:space="preserve">Les rencontres des savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFR-AEF - INSPE Toulouse Occitanie Pyrénées, Feb 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984785v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Getting young people into sports to reduce obesity with a smartphone app: when technology prevents participation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4528,73 +4623,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Democracy, Inequality and Beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Sociology of Sport, Jun 2024, Madrid, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils et rôles des femmes dirigeantes de la FFEPGV dans l’élaboration et la mise en œuvre du projet fédéral (1888-1972)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4649,1230 +4744,1230 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Carrefours d’histoire du sport « Vivre le sport »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les ressorts et les freins au développement des programmes d’APA destinés à la prévention de la perte d’autonomie des seniors »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’études pluridisciplinaires sur le vieillissement – Arras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Arras, Nov 2024, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Et si la promotion de la santé passait par le sport, la culture et l’éducation populaire ? ». Titre de la conférence d’ouverture : « Tensions définitionnelles relatives aux risques liés à la sédentarité et fabrique du sport-santé en France comme enjeu de territoires d'interventions (1990-2021).</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Une histoire totale de la FFEPGV est-elle (encore) possible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Micard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque FSCF pour questionner sur la promotion de Ala santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FSCF, Feb 2023, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Archives et histoire des fédérations sportives en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives Nationales; INSEP, Nov 2023, Pierrefites, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984393v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une histoire totale de la FFEPGV est-elle (encore) possible ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Et si la promotion de la santé passait par le sport, la culture et l’éducation populaire ? ». Titre de la conférence d’ouverture : « Tensions définitionnelles relatives aux risques liés à la sédentarité et fabrique du sport-santé en France comme enjeu de territoires d'interventions (1990-2021).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives et histoire des fédérations sportives en France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archives Nationales; INSEP, Nov 2023, Pierrefites, France</w:t>
+              <w:t xml:space="preserve">Colloque FSCF pour questionner sur la promotion de Ala santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FSCF, Feb 2023, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04313175v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les seniors Actifs GV : L'engagement des femmes de plus de 60 ans dans une activité physique. Effets des inégalités sociales et épistémiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mischler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e Congrès Genre : No(s) Futur(s) Genre : bouleversements, utopies, impatiences.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">conférence invitée: « Les ressorts de l’engagement des publics de plus de 60 ans dans une activité physique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AG de la FFEPGV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FFEPGV, Dec 2023, Dunkerque (59140), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Éducation physique scolaire, santé et lutte contre la sédentarité : normaliser les comportements des élèves ou leur apprendre à gérer leur vie physique ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Éducation et santé ».</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, STAPS - Université d'Orsay, Jun 2023, Orsay, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensions définitionnelles relatives aux risques liés à la sédentarité et fabrique du sport-santé en France comme enjeu de territoires d'interventions (1990-2021)</w:t>
+                <w:t xml:space="preserve">Participation à la table ronde - Réseau des INSPE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international : Les enjeux des Jeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Santésih, CRESCO, sociétés savantes en SHS, Dec 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Les printemps de la recherche en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau des INSPE, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984796v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résoudre le paradoxe de l’e-santé dans la lutte contre la sédentarité : des promesses du numérique à la difficile conciliation des conceptions sur la prise en charge de l’obésité pédiatrique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">web conférence « Professionnaliser les enseignants d’EPS par l’histoire et l’épistémologie de la discipline » https://www.youtube.com/watch?v=wVfpknyL4xU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les enjeux des jeux - Congrès International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SantéSiH; ACHAC; CRESCO; Université de Montpellier; Université Toulouse III Paul Sabatier, Jan 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Les Printemps de la Recherche en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau des INSPE, May 2022, Webconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720338v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">web conférence « Professionnaliser les enseignants d’EPS par l’histoire et l’épistémologie de la discipline » https://www.youtube.com/watch?v=wVfpknyL4xU</w:t>
+                <w:t xml:space="preserve">Tensions définitionnelles relatives aux risques liés à la sédentarité et fabrique du sport-santé en France comme enjeu de territoires d'interventions (1990-2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Printemps de la Recherche en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau des INSPE, May 2022, Webconférence, France</w:t>
+              <w:t xml:space="preserve">Congrès international : Les enjeux des Jeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Santésih, CRESCO, sociétés savantes en SHS, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984415v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Participation à la table ronde - Réseau des INSPE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Résoudre le paradoxe de l’e-santé dans la lutte contre la sédentarité : des promesses du numérique à la difficile conciliation des conceptions sur la prise en charge de l’obésité pédiatrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les printemps de la recherche en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau des INSPE, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Les enjeux des jeux - Congrès International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SantéSiH; ACHAC; CRESCO; Université de Montpellier; Université Toulouse III Paul Sabatier, Jan 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984402v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La fabrique du « sport-santé » - une cause mobilisatrice soumise à des luttes définitionnelles (1980-2022) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les 20 ans du DEUST »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, F2SMH et CRESCO, Jul 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OutilsNum. EPS-SVT-PHYS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Jacolin-Nackaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle de Ponthaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international : "Les enjeux des jeux"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Santésih, CRESCO, sociétés savantes, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OutilsNum EPS-SVT-PHYS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Jacolin-Nackaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4e journée des INSPE d'Occitane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSPE de Toulouse et de Montpellier, Jun 2022, Cap d'Agde, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique du « sport-santé » - une cause mobilisatrice soumise à des luttes définitionnelles (1980-2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la société de sociologie en langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3SLF, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La trajectoire socio-historique de l’assistance vidéo à l’arbitrage (VAR) ; une innovation controversée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Desfontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5887,539 +5982,539 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international "Les enjeux des jeux"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Santésih, CRESCO, Sociétés savantes en SHS, Dec 2022, Montpellier (Le Corum), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontre avec l’HDR de Yves Morales, maître de conférences HDR, CRESCO Toulouse 3 . https://25images.msh-lse.fr/sport-sante/video/entretien-avec-yves-morales/fr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées ReCAPPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut ReCAPPS - MSH, Jan 2022, Lyon (Maison des Sciences de l'Homme), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Éducation à la santé dans les programmes d’Éducation Physique et Sportive en France – débats et controverses sur le corps &amp;quot;entrainé&amp;quot; (1967 – 2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Travaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thémines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e colloque international en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRIPFE, May 2022, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférencier invité sur France-Culture - Tout schuss ! Une histoire de la glisse. https://www.franceculture.fr/emissions/le-cours-de-lhistoire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changer les pratiques soignantes par l’e-santé : des espoirs de gouvernement des pratiques professionnelles aux réalités de la mise en œuvre d’outils numériques dans le cadre de la prise en charge de l’obésité pédiatrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France-Culture - Le Cours de l'histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, France Culture, Feb 2021, emission radiophonique, France</w:t>
+              <w:t xml:space="preserve">Changer? 9° congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984746v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changer les pratiques soignantes par l’e-santé : des espoirs de gouvernement des pratiques professionnelles aux réalités de la mise en œuvre d’outils numériques dans le cadre de la prise en charge de l’obésité pédiatrique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conférencier invité sur France-Culture - Tout schuss ! Une histoire de la glisse. https://www.franceculture.fr/emissions/le-cours-de-lhistoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Changer? 9° congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">France-Culture - Le Cours de l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, France Culture, Feb 2021, emission radiophonique, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04715204v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La fabrique sociale du sport-santé : le rôle joué par les fédérations sportives »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journée d'étude MSH Lyon et RéCAPPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MSH et ReCAPPS, Nov 2021, Lyon (Maison des Sciences de l'Homme), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Webconférence sur le thème : « Fabrique des savoirs et éducation à la santé »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées d'études SFR-AEF et INSPE TOP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFR-AEF / INSPE TOP, Oct 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le numérique, une solution pour lutter contre les inégalités sociales de santé ? Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6438,299 +6533,299 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Santé : équité ou égalité ? Définir, mesurer, agir »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFERISS, May 2018, Toulouse, France. pp.S62-S63, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2018.12.053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférencier invité sur le thème « sport-santé : quel état des lieux dresser en 2020 ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journée d'étude sport-santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FFEPGV, Dec 2019, Arles - Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférencier invité : « sport et intégration sociale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« l’action sociale du sport »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FFEPGV - INSEP, May 2019, Joinville-le-Pont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférencier invité par le CDOS 81 sur le thème « Quelques repères pour une histoire des sports en France - des origines aux années 1920 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rentrée du CDOS soirée « histoire du sport ».</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CDOS 81, Sep 2019, Albi (81), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E-santé dans le parcours de soin de l’obésité pédiatrique : enjeux imaginés et effectifs d’amélioration des pratiques soignantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6759,142 +6854,142 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Congrès de la SETE 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SETE, May 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">conférencier invité : « 120 ans d’histoire de l’EPGV »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AG de la FFEPGV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FFEPGV, Jan 2019, Lorient (56100), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développer des outils d’e-santé pour le parcours de soin de l’obésité pédiatrique : entre injonctions d’innovation et contraintes de la co-construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6923,73 +7018,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8° Colloque Santé: Innovons pour innover : savoir mobiliser de nouveaux outils conceptuels et méthodologiques pour transformer durablement le champ de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, KEDGE Business School; IRTS; ARAMOS, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnet numérique de suivi de l’obésité pédiatrique: Impact des coordinations et représentations des concepteurs sur la place des patients et de leurs parents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7018,727 +7113,822 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque interdisciplinaire et international "Bébé, petite enfance en contextes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS Bébé, petite Enfance en COntextes (BECO); Université fédérale Toulouse Midi-Pyrénées, May 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04715214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innover au sein d’un réseau ville hôpital : enjeux éducatifs et institutionnels de l’application smartphone MyMouv’</w:t>
+                <w:t xml:space="preserve">Using a e-health tool for childhood obesity follw-up care: issues in the health care pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Trocme-Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Innovations et institutions autour du numérique éducatif »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LUDOVIA, Aug 2018, Ax-les-Thermes, France</w:t>
+              <w:t xml:space="preserve">8th International Conference ‘Science-Society-Didactic’(SSD): Models of health - educational, social and bioethical aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Organization for Science and Technology Education (IOSTE); Pedagogical University of Cracow; Université de Bourgogne; Université de Bourgogne Franche-Comté; ESPE - département MEEF - Université de Bourgogne; CIMEOS; LIPSTIC, Apr 2018, Dijon, France. pp.11-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720281v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a e-health tool for childhood obesity follw-up care: issues in the health care pathway</w:t>
+                <w:t xml:space="preserve">Développer une application smartphone pour promouvoir l’activité physique auprès des enfants obèses : promesses et mises en œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Trocme-Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference ‘Science-Society-Didactic’(SSD): Models of health - educational, social and bioethical aspects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Organization for Science and Technology Education (IOSTE); Pedagogical University of Cracow; Université de Bourgogne; Université de Bourgogne Franche-Comté; ESPE - département MEEF - Université de Bourgogne; CIMEOS; LIPSTIC, Apr 2018, Dijon, France. pp.11-19</w:t>
+              <w:t xml:space="preserve">Colloque intermédiaire du CR35 « Sociologie du sport » de l’AISLF : « Activité physique, santé et innovations : questions scientifiques/questions sociales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AISLF, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720252v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer une application smartphone pour promouvoir l’activité physique auprès des enfants obèses : promesses et mises en œuvre</w:t>
+                <w:t xml:space="preserve">Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque intermédiaire du CR35 « Sociologie du sport » de l’AISLF : « Activité physique, santé et innovations : questions scientifiques/questions sociales"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AISLF, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">15° Journées Régionales d’Echanges en Education du Patient « Numérique et ETP »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CHU Montpellier; UTEP, Mar 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720293v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
+                <w:t xml:space="preserve">Innover au sein d’un réseau ville hôpital : enjeux éducatifs et institutionnels de l’application smartphone MyMouv’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15° Journées Régionales d’Echanges en Education du Patient « Numérique et ETP »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CHU Montpellier; UTEP, Mar 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">« Innovations et institutions autour du numérique éducatif »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LUDOVIA, Aug 2018, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720212v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concevoir une application smartphone pour le suivi d’enfants atteints d’obésité : enjeux et difficultés associés aux engagements collectifs autour de ce dispositif de sport santé</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
+                <w:t xml:space="preserve">Les conceptions d’éducation physique selon Philippe Tissié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lebecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Travaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monde du sport, monde de la santé : quelles relations, quels croisements ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TEC; INSEP; AFS; DYSOLAB, Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">XXIe International CESH Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720341v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conceptions d’éducation physique selon Philippe Tissié</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Travaillot</w:t>
+                <w:t xml:space="preserve">Concevoir une application smartphone pour le suivi d’enfants atteints d’obésité : enjeux et difficultés associés aux engagements collectifs autour de ce dispositif de sport santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Trocme-Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIe International CESH Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Monde du sport, monde de la santé : quelles relations, quels croisements ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TEC; INSEP; AFS; DYSOLAB, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02063918v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred Nakache, des bassins olympiques aux réservoirs d’Auschwitz : analyse socio-historique d’une carrière sportive (1933-1944)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Gomet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Carrefour d’histoire du sport « Les pratiques corporelles et l’eau »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Littoral Côte d'Opale, Oct 2006, Calais, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COORDINATIONS POUR L’ACTIVITE PHYSIQUE ADAPTEE A LA PREVENTION DE LA PERTE D’AUTONOMIE (CAP APPA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7760,866 +7950,964 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Fezzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IRESP/INSERM. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentation : Évaluation et accompagnement de la fragilité chez les seniors à domicile et en résidence non médicalisée grâce au dispositif e-Paul en Nouvelle Aquitaine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« seniorsActifsGV » : Les ressorts de l’engagement des publics de plus de 60 ans dans une activité physique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Financement FFEPGV. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Manetta</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-04984927v1</w:t>
+                <w:t xml:space="preserve">hal-04984888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« seniorsActifsGV » : Les ressorts de l’engagement des publics de plus de 60 ans dans une activité physique »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expérimentation : Évaluation et accompagnement de la fragilité chez les seniors à domicile et en résidence non médicalisée grâce au dispositif e-Paul en Nouvelle Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Manetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Financement FFEPGV. 2023</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc van der Cruyssen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Projet financé par AG2R LA Mondiale. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984888v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fitness … sport-santé et bien-être ? Fitness challenge n° 63 février-mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, pp.30-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les défis de la prescription d’activité physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Communal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Elissalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Santé en action (INPES) n°462 - n° spécial Activité physique adaptée : promouvoir la santé des populations (Santé publique France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programmes-passerelles en activité physique adaptée : faire face aux défis de la prescription. La santé en action n°462 (revue de l'INPES) n° spécial Activité physique adaptée : promouvoir la santé des populations (Santé publique France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Communal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Elissalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalons pour une histoire des risques liés à la sédentarité et à la promotion du « sport-santé ». Horizon Pluriel n°37, février « dossier : L’activité physique dans tous ses états »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, pp.14-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques repères pour une histoire des sports en France - des origines aux années 1920. Revue du Tarn, &amp;quot;sports et sportifs tarnais&amp;quot;, Automne, n°259</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, pp.19-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fabrique sociale du sport-santé : une socio-histoire de la lutte contre la sédentarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Toulouse Jean Jaurès, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-04975565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’implication sociale du mouvement sportif associatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Fortune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Septentrion, 2021, Sport et Sciences Sociales, 978-2-7574-3289-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.septentrion.105065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’implication sociale du mouvement sportif associatif : la FSCF entre permanence et mutations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Fortune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8627,73 +8915,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Munoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Septentrion. 2021, 978-2-7574-3289-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05410598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’exercice et la santé : identité de la Gymnastique Volontaire en France (1954-2014)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8728,73 +9016,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, 9782304042924</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’œuvre du Dr Philippe Tissié: une croisade sociale en faveur de l’éducation physique (1888-1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8829,73 +9117,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Bordeaux. 2012, 978-2-86781-780-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Gymnastique Volontaire : 120 ans d’histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8930,159 +9218,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040926v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">tel-04975565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId163"/>
+      <w:footerReference w:type="default" r:id="rId165"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9229,51 +9423,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973826v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travaillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bazoge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alban Lebecq" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Erard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosstephan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogali-Mazzacavallo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philippe-Meden" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973878v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Az&#233;ma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Trocme-Nadal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0047" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973851v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0137" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984222v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984204v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Munoz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984182v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984193v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984235v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984242v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049054v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522887v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Moral&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051311v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051325v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delebecque" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01153099v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gomet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bauer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250613v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.177.0033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876008v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973676v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Th&#233;mines" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15325" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973692v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.045.02" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04826204v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.143.0041" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962488v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0097" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962503v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Desfontaine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.019.0099" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962500v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039529v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/shr.2021-0013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040143v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.133.0043" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962497v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gu&#233;randel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973734v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0077" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962639v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Az&#233;ma" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morales" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.RESPE.2018.12.053" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.013.0057" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486427v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14780038.2019.1615739" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429222v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.126.0009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486405v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.156.0051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040126v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saint-Martin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Travaillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebecq" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045930v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055368v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984353v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609052v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mischler" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984370v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609141v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984362v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pujol Charissou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984785v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720324v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04920496v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984345v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984393v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313175v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Micard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312646v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984471v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984381v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984796v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720338v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984415v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984402v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984735v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984815v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Jacolin-Nackaert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle de Ponthaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984848v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984839v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984828v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984425v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984865v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984746v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715204v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984446v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984458v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720271v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.12.053" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984774v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984766v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984779v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720298v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984755v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720310v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715214v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720281v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720252v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720293v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720212v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720341v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063918v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984962v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Fezzani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984927v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Michelet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Manetta" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc van der Cruyssen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984888v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984255v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984282v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Communal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Elissalde" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984299v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984318v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984329v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973766v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Fortune" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.105065" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410598v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040920v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040965v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040926v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04975565v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973826v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travaillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bazoge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alban Lebecq" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Erard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosstephan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogali-Mazzacavallo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philippe-Meden" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973878v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Az&#233;ma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Trocme-Nadal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0047" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973851v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0137" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984193v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984182v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984204v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Munoz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984222v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984235v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984242v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049054v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522887v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Moral&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051311v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051325v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delebecque" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540185v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gomet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bauer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01153099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250613v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.177.0033" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876008v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04826204v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.143.0041" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962488v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0097" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973676v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Th&#233;mines" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15325" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973692v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.045.02" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962503v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Desfontaine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.019.0099" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962500v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/shr.2021-0013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962497v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gu&#233;randel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040143v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.133.0043" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973734v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0077" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973742v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.013.0057" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962639v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Az&#233;ma" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morales" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.RESPE.2018.12.053" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486427v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14780038.2019.1615739" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429222v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.126.0009" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040126v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.156.0051" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486405v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045930v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063799v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saint-Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Travaillot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebecq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055368v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609141v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984362v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pujol Charissou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984785v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984353v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609052v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mischler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984370v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720324v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04920496v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984345v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313175v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Micard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984393v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312646v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984471v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984381v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984402v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984415v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984796v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720338v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984735v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984815v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Jacolin-Nackaert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle de Ponthaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984848v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984839v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984828v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984425v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984865v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715204v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984746v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984446v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984458v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720271v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.12.053" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984774v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984766v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984779v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720298v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984755v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720310v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715214v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720252v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720293v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720212v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720281v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063918v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720341v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541787v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984962v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Fezzani" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984888v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984927v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Michelet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Manetta" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc van der Cruyssen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984255v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984282v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Communal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Elissalde" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984299v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984318v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04984329v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04975565v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973766v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Fortune" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.105065" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410598v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040920v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040965v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040926v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>