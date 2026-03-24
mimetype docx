--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -174,51 +174,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -291,5485 +291,5619 @@
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 28 (2), </w:t>
+              <w:t xml:space="preserve">, 2026, 28 (2), pp.e70252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1462-2920.70252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Mid-Pleistocene hominin fire control inferred from sooty speleothem analysis</w:t>
+                <w:t xml:space="preserve">Characterization of the Nature of Organic Matter in Carbonate Rocks: Implications for Geological and Environmental Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Vandevelde</w:t>
+                <w:t xml:space="preserve">Alicia Moya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
+                <w:t xml:space="preserve">Rajkumar Chowdhury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Deldicque</w:t>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdou Niane</w:t>
+                <w:t xml:space="preserve">Fabienne Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Mathias</w:t>
+                <w:t xml:space="preserve">Laurent Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (2), pp.40. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 131 (3), pp.e2025JG009197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10816-025-09709-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2025jg009197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038057v1</w:t>
+                <w:t xml:space="preserve">hal-05554884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the fingerprint of organic matters in speleothem by Electron Paramagnetic Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+                <w:t xml:space="preserve">Hervé Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Vezin</w:t>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Fanget</w:t>
+                <w:t xml:space="preserve">Julia Garagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Poulenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 201, pp.104929. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2025.104929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04891038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal Mineralisation of Organic Matter in Alpine Soils and Responses to Global Warming: An In Vitro Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bonfanti</w:t>
+                <w:t xml:space="preserve">Jean‐christophe Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐christophe Clement</w:t>
+                <w:t xml:space="preserve">Annie Millery-Vigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Millery-Vigues</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tamara Münkemüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Soil Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 76 (1), pp.e70050. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ejss.70050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04934905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-Induced Solid-Phase UV Fluorescence Spectroscopy for Rapid Detection of Polycyclic Aromatic Hydrocarbons in the Land Snail Bioindicator, Cantareus aspersus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Late Mid-Pleistocene hominin fire control inferred from sooty speleothem analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Vandevelde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Louzon</w:t>
+                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bertoncini</w:t>
+                <w:t xml:space="preserve">Damien Deldicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noah Casañas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+                <w:t xml:space="preserve">Abdou Niane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Plassart</w:t>
+                <w:t xml:space="preserve">Cyrielle Mathias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Bioassays and Biosensors for Rapid Detection and Analysis (2nd Edition), 15 (7), pp.450. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Method and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (2), pp.40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/bios15070450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10816-025-09709-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05164662v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of land-use on PAH transfer in sub-surface water as recorded by CaCO3 concretions in urban underground structures (Paris, France).</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laser-Induced Solid-Phase UV Fluorescence Spectroscopy for Rapid Detection of Polycyclic Aromatic Hydrocarbons in the Land Snail Bioindicator, Cantareus aspersus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Maxime Louzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bertoncini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noah Casañas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Phillipe Branchu</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.124437⟩</w:t>
+              <w:t xml:space="preserve">Biosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Bioassays and Biosensors for Rapid Detection and Analysis (2nd Edition), 15 (7), pp.450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bios15070450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623654v1</w:t>
+                <w:t xml:space="preserve">hal-05164662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polycyclic aromatic hydrocarbon record in an urban secondary carbonate deposit over the last three centuries (Paris, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Impact of land-use on PAH transfer in sub-surface water as recorded by CaCO3 concretions in urban underground structures (Paris, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Garagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillipe Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 357, pp.124437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.124437⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167429⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04227438v1</w:t>
+                <w:t xml:space="preserve">hal-04623654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring carbonate rock wettability across scales: Role of (bio)minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Moya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Molinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 642, pp.747-756. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcis.2023.03.197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polycyclic aromatic hydrocarbon record in an urban secondary carbonate deposit over the last three centuries (Paris, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Garagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Pons-Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of lithic studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 905, pp.167429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383193v5</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French mountain karsts, markers of landscape evolutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Light in the Cave: Opal coating detection by UV-light illumination and fluorescence in a rock art context. Methodological development and application in Points Cave (Gard, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claire Chanteraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Maris-Froelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Richard Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of lithic studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2218/jls.7329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04346145v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03383193v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical principles and perspectives of hyperspectral imaging applied to sediment core analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">French mountain karsts, markers of landscape evolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Jacq</w:t>
+                <w:t xml:space="preserve">Fabien Hobléa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Debret</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+                <w:t xml:space="preserve">Richard Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 79, pp.21-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699918v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04346145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedimentary structure discrimination with hyperspectral imaging in sediment cores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rapuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Jacq</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Didier Coquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 817, pp.152018. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.152018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03594640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method for dating the surface exposure age of granite rock walls in the Mont Blanc massif by reflectance spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theoretical principles and perspectives of hyperspectral imaging applied to sediment core analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Debret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Coquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavi Gallach</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philip Deline</w:t>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quageo.2021.101156⟩</w:t>
+              <w:t xml:space="preserve">Quaternary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (2), pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/quat5020028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164883v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03699918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastic pollution of worldwide lakes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new method for dating the surface exposure age of granite rock walls in the Mont Blanc massif by reflectance spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavi Gallach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Dusaucy</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philip Deline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2021.117075⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64, pp.101156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quageo.2021.101156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03271076v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Past African dust inputs in the western Mediterranean area controlled by the complex interaction between the intertropical convergence zone, the North Atlantic oscillation, and total solar irradiance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+                <w:t xml:space="preserve">Microplastic pollution of worldwide lakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Dusaucy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Nicolle</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/cp-16-283-2020⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 284, pp.117075. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2021.117075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02485682v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XRF and hyperspectral analyses as an automatic way to detect flood events in sediment cores</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kevin Jacq</w:t>
+                <w:t xml:space="preserve">Past African dust inputs in the western Mediterranean area controlled by the complex interaction between the intertropical convergence zone, the North Atlantic oscillation, and total solar irradiance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Develle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Fanget</w:t>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Debret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 409, pp.105776. </w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (1), pp.283-298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2020.105776⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/cp-16-283-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03040276v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02485682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution prediction of organic matter concentration with hyperspectral imaging on a sediment core</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">XRF and hyperspectral analyses as an automatic way to detect flood events in sediment cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rapuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Jacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Develle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Coquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.01.320⟩</w:t>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 409, pp.105776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2020.105776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995416v1</w:t>
+                <w:t xml:space="preserve">hal-03040276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution grain size distribution of sediment core with hyperspectral imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-resolution prediction of organic matter concentration with hyperspectral imaging on a sediment core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Jacq</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bernard Fanget</w:t>
+                <w:t xml:space="preserve">Didier Coquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 393-394, pp.105536. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 663, pp.236-244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2019.105536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.01.320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02373649v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flowstone growth in Gournier River (Vercors, France): a diachronic landscape analysis by 3D modelling and photo draping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-resolution grain size distribution of sediment core with hyperspectral imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Génuite</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Speleology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 47 (1), pp.81 - 91. </w:t>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 393-394, pp.105536. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5038/1827-806X.47.1.2116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2019.105536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887117v1</w:t>
+                <w:t xml:space="preserve">hal-02373649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des Hydrocarbures Aromatiques Polycycliques comme indicateur d’érosion des sols en milieux karstiques de montagne. Application au plateau Révard/Féclaz (massif des Bauges).</w:t>
+                <w:t xml:space="preserve">Flowstone growth in Gournier River (Vercors, France): a diachronic landscape analysis by 3D modelling and photo draping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Perrette</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kim Génuite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia Mémoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Speleology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (1), pp.81 - 91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5038/1827-806X.47.1.2116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01945444v1</w:t>
+                <w:t xml:space="preserve">hal-01887117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">6-kyr record of flood frequency and intensity in the western Mediterranean Alps – Interplay of solar and temperature forcing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+                <w:t xml:space="preserve">Utilisation des Hydrocarbures Aromatiques Polycycliques comme indicateur d’érosion des sols en milieux karstiques de montagne. Application au plateau Révard/Féclaz (massif des Bauges).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Naffrechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+                <w:t xml:space="preserve">B. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gentile Francesco Ficetola</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+                <w:t xml:space="preserve">B. Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Karstologia Mémoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20, pp.159-166</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01873741v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01945444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change effects on the stability and chemistry of soil organic carbon pools in a subalpine grassland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">6-kyr record of flood frequency and intensity in the western Mediterranean Alps – Interplay of solar and temperature forcing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gentile Francesco Ficetola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Moiroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Puissant</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10533-016-0291-8⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 170, pp. 121 - 135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887108v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determining soil sources by organic matter EPR fingerprints in two modern speleothems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Perrette</w:t>
+                <w:t xml:space="preserve">Climate change effects on the stability and chemistry of soil organic carbon pools in a subalpine grassland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Puissant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mills</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjorn Robroek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Poulenard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Lombard</w:t>
+                <w:t xml:space="preserve">Konstantin Gavazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2015.08.005⟩</w:t>
+              <w:t xml:space="preserve">Biogeochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 132 (1-2), pp.123 - 139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10533-016-0291-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02602357v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining soil sources by organic matter EPR fingerprints in two modern speleothems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Christian Lombard</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Protière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 88, pp; 59-68</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 88, pp.59-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2015.08.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01349106v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02602357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical mapping of organic carbon in stalagmites using liquid-phase and solid-phase fluorescence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Determining soil sources by organic matter EPR fingerprints in two modern speleothems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Protiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 88, pp; 59-68</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01879635v1</w:t>
+                <w:t xml:space="preserve">hal-01349106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of rapid infiltration flows and vulnerability in a karst aquifer using a decomposed fluorescence signal of dissolved organic matter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Geochemical mapping of organic carbon in stalagmites using liquid-phase and solid-phase fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Quiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12665-013-2731-2⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 411, pp.240 - 247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00936963v1</w:t>
+                <w:t xml:space="preserve">hal-01879635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric sources and soil filtering of PAH content in karst seepage waters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Characterisation of rapid infiltration flows and vulnerability in a karst aquifer using a decomposed fluorescence signal of dissolved organic matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Bicalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Durand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Malet</w:t>
+                <w:t xml:space="preserve">Jean-Luc Seidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 71 (2), pp. 553-561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12665-013-2731-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00936949v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00936963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal changes of organic matter quality and quantity at the outlet of a forested karst system (La Roche Saint Alban, French Alps)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Atmospheric sources and soil filtering of PAH content in karst seepage waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Dzikowski</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Hoblea</w:t>
+                <w:t xml:space="preserve">Alexandra Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Quiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65, pp. 37-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00782135v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00936949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of organic matter entrapped during calcite growth by a multi-method approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Seasonal changes of organic matter quality and quantity at the outlet of a forested karst system (La Roche Saint Alban, French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Tissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hoblea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, à paraitre. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2012.12.045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1431927612013773⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halsde-00866728v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00782135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing sediment sources during floods using Diffuse Reflectance Infrared Fourier Transform Spectrometry (DRIFTS): A case study in a highly erosive mountainous catchment (Southern French Alps)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+                <w:t xml:space="preserve">Investigation of organic matter entrapped during calcite growth by a multi-method approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chalmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Legout</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Susini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2011.11.022⟩</w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19, p. 132-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927612013773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00662557v1</w:t>
+                <w:t xml:space="preserve">halsde-00866728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial distribution of soda straws growth rates of the Coufin Cave (Vercors, France).</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tracing sediment sources during floods using Diffuse Reflectance Infrared Fourier Transform Spectrometry (DRIFTS): A case study in a highly erosive mountainous catchment (Southern French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Legout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julieta Bramorski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oldrich Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Speleology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5038/1827-806X.39.2.2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 414-415, p.452-462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2011.11.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00937041v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00662557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karst : from palaeogeographic archives to environmental indicators</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Spatial distribution of soda straws growth rates of the Coufin Cave (Vercors, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 2, pp.83-94. </w:t>
+              <w:t xml:space="preserve">International Journal of Speleology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 39 (2), pp.61-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/geomorphologie.7520⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5038/1827-806X.39.2.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00397478v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00937041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared spectroscopy tracing of sediment sources in a small rural watershed (French Alps)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Trevisan</w:t>
+                <w:t xml:space="preserve">Karst : from palaeogeographic archives to environmental indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gauchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hoblea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2008.12.049⟩</w:t>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2, pp.83-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geomorphologie.7520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00369904v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00397478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polycyclic Aromatic Hydrocarbons in stalagmites : Occurrence and use for analyzing past environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Infrared spectroscopy tracing of sediment sources in a small rural watershed (French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Guittonneau</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Quétin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Trevisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2008.02.013⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 407 (8), pp.2808-2819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2008.12.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00281750v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00369904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentary charcoal pattern in a karstic underground lake (Vercors massif, Alps, France) : implications for paleo-fire history</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Polycyclic Aromatic Hydrocarbons in stalagmites : Occurrence and use for analyzing past environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abdel-Ilah Saber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guittonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Holocene</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 251 (1-4), pp.67-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2008.02.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199007v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00281750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La grotte touristique, objet de recherche et lieu de médiation scientifique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Sedimentary charcoal pattern in a karstic underground lake (Vercors massif, Alps, France) : implications for paleo-fire history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Carcaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Genries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 236, pp.33-35</w:t>
+              <w:t xml:space="preserve">The Holocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (6), pp.845-850</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00158276v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les stalagmites du réseau du trou Noir (Gironde) : rôle de l'effet de site dans l'enregistrement du signal climatique et environnemental</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Richard Ortega</w:t>
+                <w:t xml:space="preserve">The concepts of heritage and heritage resource applied to karsts : protecting the Choranche caves (Vercors, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Devès</w:t>
+                <w:t xml:space="preserve">Estelle Ployon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bacquart</w:t>
+                <w:t xml:space="preserve">Sébastien Hacquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hoblea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta Carsologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 35 (2), pp.37-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00199711v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00133668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The concepts of heritage and heritage resource applied to karsts : protecting the Choranche caves (Vercors, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Gauchon</w:t>
+                <w:t xml:space="preserve">Les stalagmites du réseau du trou Noir (Gironde) : rôle de l'effet de site dans l'enregistrement du signal climatique et environnemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Ployon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+                <w:t xml:space="preserve">Richard Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Hacquard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Hoblea</w:t>
+                <w:t xml:space="preserve">Guillaume Devès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bacquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Carsologica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/karst.2006.2584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00133668v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00199711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speleothem organic matter content imaging. The use of a Fluorescence Index to characterise the maximum emission wavelength</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">La grotte touristique, objet de recherche et lieu de médiation scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Destombes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 214, pp.193-208</w:t>
+              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 236, pp.33-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110915v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00158276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt de l'approche morphogénique pour la compréhension globale d'une grotte à haute valeur patrimoniale : la grotte Chauvet (Ardèche)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Speleothem organic matter content imaging. The use of a Fluorescence Index to characterise the maximum emission wavelength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Debard</w:t>
+                <w:t xml:space="preserve">Vincent Lignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ferrier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Destombes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, pp.25-42</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 214, pp.193-208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00113367v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les études karstogéniques menées dans la grotte Chauvet : Premiers résultats et implications paléoenvironnementales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">Intérêt de l'approche morphogénique pour la compréhension globale d'une grotte à haute valeur patrimoniale : la grotte Chauvet (Ardèche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bull. Société Préhistorique Arièges-Pyrénées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, LVII, pp.29-52</w:t>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp.25-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00117047v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00113367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de la cartographie morphologique souterraine dans l'étude spéléogénique de la grotte Chauvet. Premiers éléments spéléogéniques et implications paléogéographiques, préhistoriques et paléontologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Les études karstogéniques menées dans la grotte Chauvet : Premiers résultats et implications paléoenvironnementales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 12 (4), pp.235-248</w:t>
+              <w:t xml:space="preserve">Bull. Société Préhistorique Arièges-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, LVII, pp.29-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00111715v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contribution de la cartographie morphologique souterraine dans l'étude spéléogénique de la grotte Chauvet. Premiers éléments spéléogéniques et implications paléogéographiques, préhistoriques et paléontologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Kervazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 12 (4), pp.235-248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00111715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comparative study of a stalagmite sample by stratigraphy, laser induced fluorescence spectroscopy, EPR spectrometry and reflectance imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bolvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Destombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 162 (3-4), pp.221-243. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0009-2541(99)00069-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00457264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5779,147 +5913,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte Chauvet - l'art des origines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Clottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Aujoulat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Clottes. Editions du Seuil, 224 p., 2001, Arts Rupestres, 2-02048648-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02899060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5929,1515 +6063,1515 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La carte intégrée des sols : principes et sémiologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions de la Maison des Sciences de l’Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la Grotte Chauvet-Pont d'Arc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 111 (1), pp.45-84, 2020, Coll. Documents de l’archéologie française, 978-2-7351-2533-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03115700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing Natural Organic Matter at the Scale of Drainage Basins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Pepin-Donat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Protière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electron Paramagnetic Resonance Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.29-50, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-39668-8_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic geochemistry of soils and sediments : A key to describe the Anthropocene?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Deline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Chalmin, Etienne Dambrine, Bernard David, Pierre Faivre, Jérôme Poulenard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sols et matières organiques : mémoires et héritages, Collection Edytem n°18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n°18, Edytem, pp. 9-18, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01876556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'objet emblématique Karst : Paysages, mémoires de l'environnement et des hommes, dix années de recherches au laboratoire EDYTEM.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Boche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chalmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection EDYTEM, pp. 51-85, 2014, Collection EDYTEM n°16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00982799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traçage de la matière organique naturelle à l'échelle de bassins versants. Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Pepin-Donat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Protiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La spectroscopie de résonance paramagnétique électronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eco Sciences, pp. 27-47, 2014, Grenoble Sciences, 978-2-7598-1191-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-01023763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géoarchéologie et karstologie de la grotte Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Audra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grottes et karsts de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association française de karstologie, pp.98-99, 2010, Karstologia Mémoires, n° 19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00486658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Aven d'Orgnac : étude des remplissages, mémoires des dynamiques spéléogéniques post-paragénétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quinif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'aven d'Orgnac. Valorisation touristique apports scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection EDYTEM - Cahiers de Géographie, n°5, pp.79-98, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00213577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">9 500 ans de crues du Rhône enregistrées dans le lac du Bourget : confrontation au cadre chronoclimatique alpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Debret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hoblea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">" Le peuplement de l'arc alpin (édition électronique) "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les éditions du Cths, pp.95-106, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00368727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sédiments détritiques de grotte : un processus d'archivage original</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Erosion. Entre société, climat et paléoenvironnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, pp.145-150, 2006, Collection Nature et sociétés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00260344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stalagmites : des archives karstiques multiparamètres contintales et continues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe ALLÉE et Laurent Lespez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Erosion entre Société, Climat et Paléoenvironnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Blaise Pascal (Clermont-Ferrand), pp.139-144, 2006, Collection Nature &amp; Sociétés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00158289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les archives environnementales naturelles : L'exemple des stalagmites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Le karst, un système inter-échelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Volney Anne (dir.) ; Bretagnolle Anne ; Djament Géraldine ; Hoyaux André-Frédéric ; Vrac Michel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Echelles et temporalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Atlande, pp.99-103;188-199, 2005, Collection Clefs Concours - géographie</w:t>
+              <w:t xml:space="preserve">, Atlande, pp.118-122 et 205-206, 2005, Collection Clefs Concours - géographie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00150011v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00150014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le karst, un système inter-échelles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Les archives environnementales naturelles : L'exemple des stalagmites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Volney Anne (dir.) ; Bretagnolle Anne ; Djament Géraldine ; Hoyaux André-Frédéric ; Vrac Michel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Echelles et temporalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Atlande, pp.118-122 et 205-206, 2005, Collection Clefs Concours - géographie</w:t>
+              <w:t xml:space="preserve">, Atlande, pp.99-103;188-199, 2005, Collection Clefs Concours - géographie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00150014v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00150011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte dans son cadre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kervazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Clottes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La grotte Chauvet. L'art des origines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Seuil, pp.14-26, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00111925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7447,161 +7581,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water flow timing, quantity, and sources in a fractured high mountain permafrost rock wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matan Ben-Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Josnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId239"/>
+      <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7669,51 +7803,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C1252DE1"/>
+    <w:nsid w:val="708711CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7900,51 +8034,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yves-perrette" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7671-8946" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095700250" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/196099308" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500328v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Fabre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Francois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Vallier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Gauthier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038057v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deldicque" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Niane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Mathias" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-025-09709-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891038v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Garagnon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Poulenard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2025.104929" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934905v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonfanti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Clement" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Millery-Vigues" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.70050" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164662v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louzon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertoncini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Casa&#241;as" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plassart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios15070450" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623654v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naffrechoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dumont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Branchu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124437" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227438v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167429" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235260v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Moya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Giraud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Molinier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.03.197" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346145v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calvet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699918v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacq" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coquin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/quat5020028" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594640v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152018" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03164883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi Gallach" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2021.101156" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271076v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Dusaucy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2021.117075" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485682v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nicolle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-283-2020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040276v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2020.105776" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01995416v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.01.320" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02373649v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2019.105536" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887117v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.47.1.2116" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945444v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrette" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gateuille" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fanget" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01873741v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moiroux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.06.019" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887108v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Puissant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mills" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Robroek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Gavazov" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-016-0291-8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602357v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poulenard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Proti&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lombard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2015.08.005" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S48NJ2NJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349106v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Protiere" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lombard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879635v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.07.012" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05N10JLZ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936963v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bicalho" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Seidel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-013-2731-2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Durand" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782135v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Tissier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dzikowski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.12.045" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X23P6CF1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866728v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Susini" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927612013773" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662557v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Legout" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Bramorski" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2011.11.022" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937041v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.39.2.2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00397478v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.7520" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-L49X9P2J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369904v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Qu&#233;tin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Trevisan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.12.049" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CRK875VQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281750v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdel-Ilah Saber" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guittonneau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2008.02.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2W78SRS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199007v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Carcaillet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Perroux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Genries" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00158276v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199711v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dev&#232;s" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bacquart" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2006.2584" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00133668v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hacquard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110915v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lignier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Destombes" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113367v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117047v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111715v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457264v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bolvin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cordonnier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2541(99)00069-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-43VDZS12-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899060v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baffier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115700v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482349v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pepin-Donat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blondel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39668-8_2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01876556v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023763v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pepin-Donat" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Blondel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486658v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00213577v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quinif" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00368727v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00260344v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00158289v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150011v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150014v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111925v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386047v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matan Ben-Asher" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Josnin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Bock" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yves-perrette" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7671-8946" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095700250" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/196099308" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500328v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Fabre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Francois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Vallier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Gauthier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Moya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajkumar Chowdhury" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Giraud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jg009197" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891038v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Garagnon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Poulenard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2025.104929" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934905v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonfanti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Clement" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Millery-Vigues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.70050" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038057v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Pons-Branchu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deldicque" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Niane" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Mathias" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-025-09709-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164662v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louzon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertoncini" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Casa&#241;as" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plassart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios15070450" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623654v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naffrechoux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dumont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Branchu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124437" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235260v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Molinier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.03.197" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227438v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167429" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383193v5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Maris-Froelich" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/jls.7329" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04346145v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Calvet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594640v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coquin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152018" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699918v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacq" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/quat5020028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03164883v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi Gallach" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2021.101156" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271076v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Dusaucy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2021.117075" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485682v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nicolle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-283-2020" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040276v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2020.105776" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01995416v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.01.320" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02373649v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2019.105536" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887117v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.47.1.2116" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945444v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrette" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gateuille" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fanget" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01873741v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moiroux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.06.019" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887108v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Puissant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mills" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Robroek" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Gavazov" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-016-0291-8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602357v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poulenard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Proti&#232;re" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lombard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2015.08.005" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S48NJ2NJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349106v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Protiere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lombard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879635v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.07.012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05N10JLZ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936963v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bicalho" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Seidel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-013-2731-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936949v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Durand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782135v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Tissier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dzikowski" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.12.045" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X23P6CF1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866728v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Susini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927612013773" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662557v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Legout" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Bramorski" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2011.11.022" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937041v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5038/1827-806X.39.2.2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00397478v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauchon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.7520" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-L49X9P2J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00369904v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Qu&#233;tin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Trevisan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.12.049" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CRK875VQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281750v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdel-Ilah Saber" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guittonneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2008.02.013" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2W78SRS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199007v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Carcaillet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Perroux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Genries" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00133668v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hacquard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199711v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dev&#232;s" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bacquart" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/karst.2006.2584" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00158276v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110915v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lignier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Destombes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113367v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kervazo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117047v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111715v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457264v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bolvin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cordonnier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2541(99)00069-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-43VDZS12-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899060v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Aujoulat" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baffier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115700v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482349v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pepin-Donat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blondel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39668-8_2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01876556v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982799v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023763v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pepin-Donat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Blondel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00486658v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00213577v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quinif" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00368727v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00260344v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00158289v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150014v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150011v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111925v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386047v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matan Ben-Asher" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chabas" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Josnin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Bock" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>