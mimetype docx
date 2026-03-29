--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -3147,165 +3147,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Le rayon vert et le problème de la représentation romanesque ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Le Scanff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jules Verne ou les inventions romanesques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Amiens, France. pp.249-262</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01492035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Les paradoxes du sublime romantique : une sublimation du négatif »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Le Scanff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les paradoxes du sublime. Des Lumières à l'Europe romantique des nations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2004, Grenoble, France. pp.113-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492032v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01492035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« George Sand et la poétique du jardin naturel dans les Nouvelles lettres d'un voyageur »</w:t>
               </w:r>
@@ -5315,51 +5315,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8EC51339"/>
+    <w:nsid w:val="F67F81E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5546,51 +5546,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yvon-le-scanff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-9879-8589" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058056351" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/17404286" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000052510636" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470393v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Scanff" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469746v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470120v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469964v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468488v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kerlou&#233;gan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.316" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468534v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.293" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463556v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22015/v.rslr/70.1.6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929632v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51777/relief12341" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929453v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13321-6.p.0121" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671776v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13166-3.p.0105" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929388v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12117-6.p.0261" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929410v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u0ft" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929715v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929701v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.964" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929690v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974348v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guyot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08105-0.p.0003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929370v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08105-0.p.0013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929688v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929357v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07059-7.p.0069" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929678v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492118v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492116v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492117v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491998v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491994v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491936v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929520v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03955093v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929502v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492167v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492148v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492155v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492124v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492121v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492122v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492045v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492111v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492113v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492032v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492025v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492018v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491963v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470408v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bernard-Griffiths" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929117v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13006-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929309v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/homecategory/champion" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929539v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492173v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492176v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470374v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470401v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492163v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492151v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492152v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492150v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492114v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492169v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492023v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492030v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491983v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929658v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492149v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yvon-le-scanff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-9879-8589" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058056351" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/17404286" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000052510636" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470393v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Scanff" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469746v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470120v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469964v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468488v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kerlou&#233;gan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.316" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468534v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.293" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463556v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22015/v.rslr/70.1.6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929632v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51777/relief12341" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929453v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13321-6.p.0121" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671776v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13166-3.p.0105" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929388v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12117-6.p.0261" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929410v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u0ft" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929715v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929701v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.964" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929690v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974348v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guyot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08105-0.p.0003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929370v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08105-0.p.0013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929688v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929357v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07059-7.p.0069" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929678v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492118v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492116v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492117v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491998v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491994v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491936v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929520v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03955093v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929502v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492167v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492148v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492155v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492124v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492121v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492122v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492045v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492111v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492113v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492035v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492032v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492025v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492018v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491963v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470408v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bernard-Griffiths" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929117v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13006-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929309v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/homecategory/champion" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929539v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492173v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492176v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470374v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470401v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492163v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492151v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492152v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492150v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492114v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492169v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492023v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492030v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01491983v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03929658v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01492149v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>