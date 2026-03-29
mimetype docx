--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -342,261 +342,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05154458v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two-Phase Infinite/Finite Low-Level Memory Model: Reconciling Integer–Pointer Casts, Finite Space, and undef at the LLVM IR Level of Abstraction</w:t>
+                <w:t xml:space="preserve">Abstract Interpreters: A Monadic Approach to Modular Verification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calvin Beck</w:t>
+                <w:t xml:space="preserve">Sébastien Michelland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Zakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Yoon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Steve Zdancewic</w:t>
+                <w:t xml:space="preserve">Laure Gonnord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the ACM on Programming Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 8 (ICFP), pp.789-817. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3674652⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 8 (ICFP), pp.1-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3674646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04691859v1</w:t>
+                <w:t xml:space="preserve">hal-04628727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abstract Interpreters: A Monadic Approach to Modular Verification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Two-Phase Infinite/Finite Low-Level Memory Model: Reconciling Integer–Pointer Casts, Finite Space, and undef at the LLVM IR Level of Abstraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calvin Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Michelland</w:t>
+                <w:t xml:space="preserve">Irene Yoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanxi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Zakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laure Gonnord</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Zdancewic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the ACM on Programming Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 8 (ICFP), pp.1-28. </w:t>
+              <w:t xml:space="preserve">, 2024, 8 (ICFP), pp.789-817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3674646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3674652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04628727v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choice Trees: Representing Nondeterministic, Recursive, and Impure Programs in Coq</w:t>
               </w:r>
@@ -712,51 +712,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formal reasoning about layered monadic interpreters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Yoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Zakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -829,64 +829,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular, compositional, and executable formal semantics for LLVM IR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Zakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calvin Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Yoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilia Zaichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2461,77 +2461,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abstract Interpreters: a Monadic Approach to Modular Verification (DRAFT)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Michelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Zakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gonnord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3140,51 +3140,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308634v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftherios Ioannidis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Zakowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Zdancewic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Angel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3763091" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154458v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chappe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul He" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Henrio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691859v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Beck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Yoon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanxi Chen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3674652" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628727v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michelland" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gonnord" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3674646" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886910v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3571254" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850324v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3547630" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525711v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia Zaichuk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Zaliva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3473572" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105140v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Yao Xia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Kil Hur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Malecha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3371119" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897251v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cachera" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Demange" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Petri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichardie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-018-9489-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424264v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Broch Johnsen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;smund Aqissiaq Arild Kl&#248;vstad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violet Ka I Pun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3779031.3779104" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583895v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peio Borthelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hirschowitz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Jaber" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-91118-7_7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594073v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3703595.3705890" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Abou-Samra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bodin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105144v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3372885.3373813" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653620v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132.3167333" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01613389v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66107-0_31" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428166v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kerjean" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689075v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Keller" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Bourke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blazy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bour" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bury" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006570v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Nardino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Radanne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04385725v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140642v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Hervier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538128v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01680213v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017ENSR0010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00854834v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308634v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftherios Ioannidis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Zakowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Zdancewic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Angel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3763091" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154458v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chappe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul He" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Henrio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628727v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michelland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gonnord" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3674646" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691859v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Beck" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Yoon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanxi Chen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3674652" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886910v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3571254" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850324v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3547630" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525711v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia Zaichuk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Zaliva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3473572" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105140v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Yao Xia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Kil Hur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Malecha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3371119" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897251v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cachera" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Demange" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Petri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichardie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-018-9489-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424264v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Broch Johnsen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;smund Aqissiaq Arild Kl&#248;vstad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violet Ka I Pun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3779031.3779104" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583895v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peio Borthelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hirschowitz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Jaber" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-91118-7_7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594073v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3703595.3705890" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Abou-Samra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bodin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105144v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3372885.3373813" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653620v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132.3167333" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01613389v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66107-0_31" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428166v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kerjean" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689075v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Keller" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Bourke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blazy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bour" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bury" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006570v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Nardino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Radanne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04385725v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140642v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Hervier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538128v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01680213v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017ENSR0010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00854834v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>