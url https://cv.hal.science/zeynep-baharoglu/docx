--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -924,295 +924,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05347156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring a unique class of flavoenzymes: Identification and biochemical characterization of ribosomal RNA dihydrouridine synthase</w:t>
+                <w:t xml:space="preserve">Fine-tuning of a CRISPRi screen in the seventh pandemic Vibrio cholerae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrine Toubdji</w:t>
+                <w:t xml:space="preserve">Kevin Debatisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Thullier</w:t>
+                <w:t xml:space="preserve">Théophile Niault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lea-Marie Kilz</w:t>
+                <w:t xml:space="preserve">Sarah Peeters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Marchand</w:t>
+                <w:t xml:space="preserve">Amandine Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yifeng Yuan</w:t>
+                <w:t xml:space="preserve">Busra Toktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 121 (32), pp.e2401981121. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (1), pp.985. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2401981121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-024-10891-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04734945v1</w:t>
+                <w:t xml:space="preserve">pasteur-05116026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-tuning of a CRISPRi screen in the seventh pandemic Vibrio cholerae</w:t>
+                <w:t xml:space="preserve">Exploring a unique class of flavoenzymes: Identification and biochemical characterization of ribosomal RNA dihydrouridine synthase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Debatisse</w:t>
+                <w:t xml:space="preserve">Sabrine Toubdji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théophile Niault</w:t>
+                <w:t xml:space="preserve">Quentin Thullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Peeters</w:t>
+                <w:t xml:space="preserve">Lea-Marie Kilz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Maire</w:t>
+                <w:t xml:space="preserve">V. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Busra Toktas</w:t>
+                <w:t xml:space="preserve">Yifeng Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (1), pp.985. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 121 (32), pp.e2401981121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-024-10891-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2401981121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05116026v1</w:t>
+                <w:t xml:space="preserve">hal-04734945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring single-cell susceptibility to antibiotics within monoclonal bacterial populations</w:t>
               </w:r>
@@ -1326,364 +1326,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04739933v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RavA‐ViaA antibiotic response is linked to Cpx and Zra2 envelope stress systems in Vibrio cholerae</w:t>
+                <w:t xml:space="preserve">Systematic transcriptome analysis allows the identification of new type I and type II Toxin/Antitoxin systems located in the superintegron of Vibrio cholerae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Carvalho</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anamaria Babosan</w:t>
+                <w:t xml:space="preserve">Odile Sismeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Mazel</w:t>
+                <w:t xml:space="preserve">Hugo Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Coppée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.01730-23⟩</w:t>
+              <w:t xml:space="preserve">Research in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 174 (1-2), pp.103997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resmic.2022.103997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04260034v1</w:t>
+                <w:t xml:space="preserve">pasteur-03889562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic transcriptome analysis allows the identification of new type I and type II Toxin/Antitoxin systems located in the superintegron of Vibrio cholerae</w:t>
+                <w:t xml:space="preserve">RavA‐ViaA antibiotic response is linked to Cpx and Zra2 envelope stress systems in Vibrio cholerae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Varet</w:t>
+                <w:t xml:space="preserve">André Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anamaria Babosan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Coppée</w:t>
+                <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 174 (1-2), pp.103997. </w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (6), pp.e01730-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resmic.2022.103997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01730-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03889562v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04260034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminoglycoside uptake, stress, and potentiation in Gram-negative bacteria: new therapies with old molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology and Molecular Biology Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1756,64 +1756,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louna Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">microLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 3, pp.uqac019. </w:t>
@@ -1979,261 +1979,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03919325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deficiency in cytosine DNA methylation leads to high chaperonin expression and tolerance to aminoglycosides in Vibrio cholerae</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Interplay between Sublethal Aminoglycosides and Quorum Sensing: Consequences on Survival in V. cholerae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Krin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Korlowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1009748⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (11), pp.3227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells10113227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03417428v2</w:t>
+                <w:t xml:space="preserve">pasteur-03443810v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between Sublethal Aminoglycosides and Quorum Sensing: Consequences on Survival in V. cholerae</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Deficiency in cytosine DNA methylation leads to high chaperonin expression and tolerance to aminoglycosides in Vibrio cholerae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (11), pp.3227. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (10), pp.e1009748. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells10113227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1009748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03443810v2</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03417428v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleeping ribosomes: bacterial signaling triggers RaiA mediated persistence to aminoglycosides</w:t>
               </w:r>
@@ -2245,77 +2245,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Korlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Sismeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Varet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.103128. </w:t>
@@ -2500,51 +2500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of very short patch mismatch repair on SOS inducing lesions after aminoglycoside treatment in Escherichia coli.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 165 (6), pp.476-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2695,51 +2695,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOS, the formidable strategy of bacteria against aggressions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 38 (6), pp.1126-1145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2933,51 +2933,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 9 (4), pp.e1003421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3037,51 +3037,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Garriss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antibiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Antibiotic Resistance, 2 (2), pp.288-315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3141,51 +3141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194 (7), pp.1659-1667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3232,51 +3232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrio cholerae triggers SOS and mutagenesis in response to a wide range of antibiotics: a route towards multiresistance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 55 (5), pp.2438-2441. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3453,51 +3453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bikard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (10), pp.e1001165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3570,51 +3570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Loot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Baharoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology and Molecular Biology Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 74 (4), pp.570-588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4076,51 +4076,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05347101v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane El-Meouche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Amoura" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Denamur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adw7630" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029047v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Fruchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Babosan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Carvalho" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.96317.3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05438616v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sudol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rouard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Treffkorn-Maurau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Hardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf1276" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05347080v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marchand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bourguignon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thuillier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Dias" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1011937" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05347156v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Salinas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Baharoglu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.250194" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734945v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Toubdji" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thullier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea-Marie Kilz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marchand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifeng Yuan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2401981121" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05116026v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debatisse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Niault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Peeters" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Maire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Busra Toktas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10891-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04739933v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Le Quellec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Aristov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Guti&#233;rrez Ramos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Amselem" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0303630" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04260034v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Krin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Carvalho" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mazel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01730-23" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03889562v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sismeiro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2022.103997" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04334889v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mmbr.00036-22" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03897869v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsml/uqac019" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03919325v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Skurnik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Muggeo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Pier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.69511" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03417428v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009748" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03443810v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Korlowski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10113227" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03349141v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103128" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02171194v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Negro" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Aguilar Pierl&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chaze" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01173-19" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423361v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2014.05.039" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423602v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Baharoglu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babosan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mazel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1259" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423593v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6976.12077" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01691736v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laureti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crussard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abida" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodr&#237;guez-Rojas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2607" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01691109v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003421" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01691592v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Garriss" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics2020288" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03941970v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05982-11" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423615v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01549-10" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552639v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Lestini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Duigou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2010.07208.x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02477623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bikard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001165" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02505407v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00026-10" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167418v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lemasson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dnarep.2007.02.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5D6J9JV1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130946v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjana Petranovic" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose Flores" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600941" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05347101v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane El-Meouche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Amoura" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Denamur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adw7630" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029047v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Fruchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Babosan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Carvalho" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.96317.3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05438616v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sudol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rouard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Treffkorn-Maurau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Hardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf1276" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05347080v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marchand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bourguignon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thuillier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Dias" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1011937" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05347156v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Salinas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Baharoglu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.250194" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05116026v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debatisse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Niault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Peeters" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Maire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Busra Toktas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10891-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734945v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Toubdji" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thullier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea-Marie Kilz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marchand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifeng Yuan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2401981121" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04739933v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Le Quellec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Aristov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Guti&#233;rrez Ramos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Amselem" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0303630" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03889562v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Krin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sismeiro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2022.103997" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04260034v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Carvalho" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mazel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01730-23" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04334889v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mmbr.00036-22" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03897869v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsml/uqac019" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03919325v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Skurnik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Muggeo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Pier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.69511" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03443810v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Korlowski" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10113227" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03417428v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009748" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03349141v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103128" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02171194v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Negro" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Aguilar Pierl&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chaze" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01173-19" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423361v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2014.05.039" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423602v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Baharoglu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babosan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mazel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1259" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423593v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6976.12077" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01691736v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laureti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crussard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abida" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodr&#237;guez-Rojas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2607" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01691109v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003421" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01691592v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Garriss" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics2020288" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03941970v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05982-11" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01423615v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01549-10" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552639v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Lestini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Duigou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2010.07208.x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02477623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bikard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001165" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02505407v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00026-10" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167418v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lemasson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dnarep.2007.02.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5D6J9JV1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130946v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjana Petranovic" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose Flores" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600941" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>