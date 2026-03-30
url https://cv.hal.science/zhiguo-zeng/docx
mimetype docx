--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,10789 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...10737 lines deleted...]
-</w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Zhiguo Zeng </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">zhiguo-zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4937-4380</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253135435</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/I-8525-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph-convolutional neural networks for predicting tunnel boring machine performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haibo Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Min Yao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automation in Construction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.autcon.2025.106436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilization-Driven Performance Enhancement in Storage Area Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guixiang Lyu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liudong Xing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telecom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (4), </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/telecom6040077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deep-Learning-Based Framework to Predict the Reliability of Multicomponent Repairable Systems in a Closed-Loop Supply Chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Boujarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oualid Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Heidsieck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2025.3528074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repairing smarter: Opportunistic maintenance for a closed-loop supply chain with spare parts dependency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Boujarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oualid Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Heidsieck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.110642. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2024.110642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Allocation of Resilience Resources for Strategic Communication-aware Restoration of Smart Distribution Grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youba Nait-Belaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coudray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Power Systems and Clean Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (2), pp.527-539. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35833/MPCE.2024.000015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic risk analysis of evolving scenarios in oil and gas separator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Alsulieman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisal Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud El-Halwagi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xihe Ge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 243, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2023.109834⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remaining useful life prediction with imprecise observations: An interval particle filtering approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangfan Xiahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muchen Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IISE Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55 (11), pp.1075-1090. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24725854.2022.2125602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective maintenance and inspection optimization for partially observable systems: An interactively sequential decision framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jian Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IISE Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55 (5), pp.463-479. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24725854.2022.2062627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic predictive maintenance for multiple components using data-driven probabilistic RUL prognostics: The case of turbofan engines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Mitici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingeborg de Pater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2023.109199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating 5G network service resilience against short timescale traffic variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2023.3269673⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependent failure behavior modeling for risk and reliability: A systematic and critical literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 239, pp.109515. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2023.109515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A resilience-based framework for the optimal coupling of interdependent critical infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bellè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam F. Abdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 237, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2023.109364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven distributionally robust approach for the optimal coupling of interdependent critical infrastructures under random failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bellè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam F. Abdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 309 (2), pp.872-889. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2023.01.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusing Conflicting Multisource Imprecise Information for Reliability Assessment of Multistate Systems: A Two-Stage Optimization Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangfan Xiahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong-Zhong Huang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 72 (1), pp.90-105. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2022.3187075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved Triplet Network for Electromechanical Actuator Fault Diagnosis Based on Similarity Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianyu Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiang Miao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIM.2022.3207837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience Optimization of Wide-Area Control in Smart Distribution Grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youba NAIT BELAID</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coudray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC-PapersOnLine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and vulnerability analysis of interdependent railway and power networks: Application to British test systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bellè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sango</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 217, pp.108091. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2021.108091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An hybrid domain adaptation diagnostic network guided by curriculum pseudo labels for electro-mechanical actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianyu Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heng Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiang Miao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 228, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2022.108770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remaining Useful Life Prediction by Fusing Expert Knowledge and Condition Monitoring Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangfan Xiahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (4), pp.2653-2663. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TII.2020.2998102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Conflicts of Multisource Imprecise Information in Multistate System Reliability Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangfan Xiahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong-Zhong Huang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2021.3087531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience analysis of multi-state systems with time-dependent behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Ding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 90, pp.889-911. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apm.2020.08.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability Analysis of Multiperformance Multistate System Considering Performance Conversion Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yishuang Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2021.3061175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markov reward process-based framework for resilience analysis of multistate energy systems under the threat of extreme events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingqing Zhai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 209, pp.107443. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2021.107443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening of optimal structure among large-scale multi-state weighted k-out-of-n systems considering reliability evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yishuang Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingying Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 206, pp.107268. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2020.107268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated risk index accounting for epistemic uncertainty in probability risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Flage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part O: Journal of Risk and Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 235 (4), pp.711-728. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1748006X20968954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience Quantification of Smart Distribution Networks—A Bird’s Eye View Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youba Nait Belaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coudray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Sanchez-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (10), pp.2888. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en14102888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03228495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundancy optimization for multi-state series-parallel systems using ordinal optimization-based-genetic algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yishuang Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part O: Journal of Risk and Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1748006X2110286. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1748006X211028699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new framework for multi-hazards risk aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 121, pp.283-302. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssci.2019.08.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint optimization of safety barriers for enhancing business continuity of nuclear power plants against steam generator tube ruptures accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinduo Xing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 202, pp.107067. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2020.107067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended method for evaluating assumptions deviations in quantitative risk assessment and its application to external flooding risk assessment of a nuclear power plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Flage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 200, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2020.106947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical approach for evaluating the strength of knowledge supporting risk assessment models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124, pp.104596. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssci.2019.104596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic business continuity assessment using condition monitoring data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinduo Xing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 41, pp.101334. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijdrr.2019.101334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for dynamic risk assessment with condition monitoring data and inspection data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinduo Xing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 191, pp.106552. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2019.106552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of reliability technologies in civil aviation: Lessons learnt and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Journal of Aeronautics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (1), pp.143-158. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cja.2018.05.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated Life Test for Reliability Evaluation of Pneumatic Cylinders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jia Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chong Bu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6, pp.75062-75075. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2018.2882767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty theory as a basis for belief reliability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meilin Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 429, pp.26 - 36. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ins.2017.10.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01632274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sequential Bayesian Approach for Remaining Useful Life Prediction of Dependent Competing Failure Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tr.2018.2874459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01988945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stochastic hybrid systems model of common-cause failures of degrading components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 172, pp.159 - 170. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2017.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Risk Assessment Based on Statistical Failure Data and Condition-Monitoring Degradation Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1 - 14. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TR.2017.2778804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated modeling framework for quantitative business continuity assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Safety and Environmental Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 106, pp.76 - 88. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psep.2016.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01632276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stochastic hybrid systems based framework for modeling dependent failure processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0172680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01633052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model-Based Reliability Metric Considering Aleatory and Epistemic Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meilin Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5, pp.15505 - 15515. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2017.2733839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01632273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hierarchical decision-making framework for the assessment of the prediction capability of prognostic methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Di Maio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part O: Journal of Risk and Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 231 (1), pp.36 - 52. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1748006X16683321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01632275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probability box as a tool to model and control the effect of epistemic uncertainty in multiple dependent competing failure processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingyan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56, pp.570-579. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asoc.2016.06.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compositional method to model dependent failure behavior based on PoF models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Journal of Aeronautics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (5), pp.1729 - 1739. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cja.2017.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01632272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability analysis of Markov history-dependent repairable systems with neglected failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lirong Cui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 159, pp.134-142. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2016.10.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A classification-based framework for trustworthiness assessment of quantitative risk analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 99, pp.215 - 226. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssci.2017.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01632271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling dependent competing failure processes with degradation-shock dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reliability Engineering and System Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 165, pp.422 - 430. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ress.2017.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01633050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring reliability under epistemic uncertainty: Review on non-probabilistic reliability metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingyuan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoyang Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Journal of Aeronautics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29 (3), pp.571-579. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cja.2016.04.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using PoF models to predict system reliability considering failure collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Journal of Aeronautics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29 (5), pp.1294-1301. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cja.2016.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing 5G Network Availability: Comparison Between Reliability Block Diagrams and Markov Chains Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Temericht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 35th European Safety and Reliability &amp; the 33rd Society for Risk Analysis Europe Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESREL SRA-E 2025 Organizers, Jun 2025, Stavanger, Norway. pp.3533 - 3540, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-94-3281-3_esrel-sra-e2025-p5793-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Domain Adaptation Neural Network for Digital Twin-Supported Fault Diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenling Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiwei Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Conference on Control, Automation and Diagnosis, ICCAD 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Barcelona, Spain. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCAD64771.2025.11099349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A desktop learning factory for smart and resilient manufacturing based on digital twin and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenxuan Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhuoxuan Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achraf El Messaoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peilin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 11th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Split, France. pp.739-744, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT66093.2025.11321707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05557307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use digital twins to support fault diagnosis from system-level condition-monitoring data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Mc Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mc Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE 22nd International Multi-Conference on Systems, Signals & Devices (SSD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Monastir, Tunisia. pp.1064-1069, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSD64182.2025.10989951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large Language Models for Extracting Failed Components from Consumer Electronics Feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Meunier-Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Stavanger, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Are Customers Willing To Pay For Better Reliability And How Much: Empirical Study On E-Commerce Observational Data Through Causal Inference And Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Younsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Meunier-Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESRA, 2024, Kracov, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05557292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Code Generation Capabilities Of Large Language Models To Solve Risk, Reliability And Resilience Related Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Meunier-Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Krakow, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive Maintenance Planning For Batteries Of Electric Take-Off And Landing (eVTOL) Aircraft Using State-of-Health Prognostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitici Mihaela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenneskens Leo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeng Zhiguo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coit David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Safety and Reliability Conference, ESREL 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Polish Safety and Reliability Association, Jun 2024, Cracovie, Poland. pp.117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Reliability and Sustainability: A Multi-Objective Framework for Opportunistic Maintenance in Closed-Loop Supply Chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Boujarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oualid Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Heidsieck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Operations Research and Enterprise Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rome, Italy. pp.179-189, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0012487400003639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04896269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Complex System Reliability Through Neural Network Considering Interval Censored Component Failure Data With Dependencies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Boujarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oualid Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Heidsieck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Safety and Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Krakow, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05436244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability Challenges of 5G and Beyond Networks Applications in High-Speed Trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Safety and Reliability Conference, ESREL 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Southampton (U.K.), United Kingdom. pp.1935-1942, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-8071-1_P545-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Digital Failure Twin Model For PHM: From Concepts To Maturity Levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xihe GE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Anwer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Global Reliability and Prognostics and Health Management Conference (PHM-Hangzhou)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Hangzhou, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PHM-Hangzhou58797.2023.10482579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05041527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-mobility 5G communication service: availability and reliability analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 7th International Conference on System Reliability and Safety (ICSRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Bologne, Italy. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSRS59833.2023.10381382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petri Net-Based Model for 5G and Beyond Networks Resilience Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertr Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 25th Conference on Innovation in Clouds, Internet and Networks and Workshops (ICIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris, France. pp.131-135, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN53892.2022.9758134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdependency-Aware Resource Allocation for High Availability of 5G-enabled Critical Infrastructures Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Sayad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Safety and Reliability Conference, ESREL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-5183-4_S28-03-640-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Power and Communication Modeling in Cyber-Physical Distribution Grids for Resilience-based Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youba Nait Belaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coudray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Safety and Reliability Conference, ESREL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Dublin (Ireland), Ireland. pp.289-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience Optimization of Wide-Area Control in Smart Distribution Grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youba Nait Belaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Coudray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC Workshop on Control Applications of Optimization, CAO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Gif sur Yvette, France. pp.136-141, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Petri Net-based model to study the impact of traffic changes on 5G network resilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Safety and Reliability Conference, ESREL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Dublin, Ireland. pp.3016-3023, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-5183-4_S28-02-493-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un réseau 5G par des réseaux de Pétri pour estimer sa résilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2022 - 24èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Saint-Rémy-Lès-Chevreuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03656125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributionally robust approach for the optimal protection of power networks with endogenous uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bellè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC Workshop on Control Applications of Optimization, CAO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Gif sur Yvette, France. pp.122-127, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Orchestration of Communication Resources Deployment for Resilient Coordination in Critical Infrastructures Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Sayad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 31st European Safety and Reliability Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Angers, France. pp.2055-2062, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-2016-8_219-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a realistic topological and functional modeling for vulnerability analysis of interdependent railway and power networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bellè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sango</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st European Safety and Reliability Conference, ESREL 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Angers, France. pp.2063-2070, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-2016-8_356-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity in 5G Network Applications and use cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Decocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yiping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st European Safety and Reliability Conference, ESREL 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Angers, France. pp.3054-3061, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-2016-8_211-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363854v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Data Analytics for Reputational Reliability Assessment Using Customer Review Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Meunier-Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st European Safety and Reliability Conference, ESREL 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Angers, France. pp.2336-2343, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-18-2016-8_434-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience analysis of multistate energy system with time-dependent behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th European Safety and Reliability Conference, ESREL 2020 and 15th Probabilistic Safety Assessment and Management Conference, PSAM15 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Venice, France. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-14-8593-0_4995-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing reliability reputation of products based on online customer reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th European Safety and Reliability Conference, ESREL 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Hannover, Germany. pp.157-162, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/978-981-11-2724-30979-cd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience Analysis of Multistate Systems Based on Markov Reward Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingqing Zhai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on System Reliability and Safety, ICSRS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, unknown, France. pp.436-440, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSRS48664.2019.8987621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Optimization of Business Continuity by Designing Safety Barriers for Accident Prevention, Mitigation and Emergency Responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 3rd International Conference on System Reliability and Safety (ICSRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Barcelona, Spain. pp.316-320, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSRS.2018.8688845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strength of Knowledge Assessment for Risk Informed Decision Making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREL 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Trondheim, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01989073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience modeling of multi-state degradation systems based on aggregated stochastic processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Safety and Reliability Conference, ESREL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Glasgow, United Kingdom. pp.341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Unexpected Failures with a Hierarchical Bayesian Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSRS2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated framework for condition-informed probabilistic risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinduo Xing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Safety and Reliability Conference ESREL2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling dependent competing failure processes based on stochastic hybrid systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Safety and Reliability Conference, ESREL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, glasgow, United Kingdom. pp.410</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience modeling of multi-state degradation systems based on aggregated stochastic processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z.G. Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Safety and Reliability Conference, ESREL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, unknown, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated framework for condition-informed probabilistic risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinduo Xing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Safety and Reliability Conference, ESREL 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portorož, Slovenia. pp.2841-2847, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781315210469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-dependent reliability assessment of a distributed generation system based on multi-valued decision diagrams and Markov processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Safety and Reliability Conference ESREL2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience modeling of multi-state degradation systems based on aggregated stochastic processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z.G. Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Safety and Reliability Conference, ESREL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, unknown, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling common-cause failures using stochastic hybrid systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the European Safety and Reliability Conference ESREL2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portoroz, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval-valued importance measures for business continuity management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2nd International Conference on Engineering Sciences and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portoroz, Slovenia. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781315210469-193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for multi-hazards risk aggregation considering risk model maturity levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSRS2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling common-cause failures using stochastic hybrid systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Safety and Reliability Conference, ESREL 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portorož, Slovenia. pp.2319-2326, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781315210469-291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-dependent reliability assessment of a distributed generation system based on multi-valued decision diagrams and Markov processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Safety and Reliability Conference, ESREL 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Portorož, Slovenia. pp.3271-3276, </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781315210469-413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for multi-hazards risk aggregation considering risk model maturity levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tasneem Bani-Mustafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Vasseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on System Reliability and Safety, ICSRS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Milan, Italy. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSRS.2017.8272859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability modeling of a spool valve considering the dependencies among failure mechanisms and epistemic uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengfei Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Zio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Safety and Reliability of Complex Engineered Systems-Proceedings of the 25th European Safety and Reliability Conference, ESREL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01787850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis through system-level condition-monitoring and digital-twin-supported deep learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shijia Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Anwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05557317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Product Reliability from Customer Reviews Through Natural Language Processing and Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Meunier-Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A resilience-based framework for the optimal coupling of interdependent critical infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bellè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Abdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi-Ping Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Barros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03446712v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making Reliability Engineering Smart: When Principles of Failure Meet with Industrial Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Zeng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artificial Intelligence [cs.AI]. Université Paris-Saclay - CentraleSupélec, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04400567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId279"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -10844,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D1F2483"/>
+    <w:nsid w:val="D569006D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11075,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zhiguo-zeng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4937-4380" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253135435" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/I-8525-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469820v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guixiang Lyu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudong Xing" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Zeng" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/telecom6040077" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973288v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Boujarif" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Jouini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heidsieck" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2025.3528074" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787634v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2024.110642" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04437914v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youba Nait-Belaid" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Fang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coudray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barros" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35833/MPCE.2024.000015" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432522v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Alsulieman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Khan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud El-Halwagi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xihe Ge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109834" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317597v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Mitici" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg de Pater" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109199" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322447v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Gao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725854.2022.2062627" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Li" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decocq" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Ping Fang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2023.3269673" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152669v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109515" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317599v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bell&#232;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam F. Abdin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.01.060" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317600v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangfan Xiahou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Zhong Huang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2022.3187075" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317615v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109364" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322434v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muchen Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725854.2022.2125602" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829868v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youba NAIT BELAID" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Legendre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464065v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duval" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sango" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2021.108091" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322448v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianyu Wang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Zhang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Miao" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2022.3207837" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317607v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2022.108770" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464077v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Zhai" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shijia Du" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2021.107443" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464080v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishuang Hu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Lin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Ding" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingying Chen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.107268" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464071v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasneem Bani-Mustafa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Flage" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Zio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X20968954" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228495v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youba Nait Belaid" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Sanchez-Torres" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14102888" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X211028699" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464082v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2020.2998102" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464081v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.08.066" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464076v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2021.3087531" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464078v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2021.3061175" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428501v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vasseur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2019.08.043" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03137182v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinduo Xing" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.107067" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322271v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.106947" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03137193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2019.104596" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428514v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2019.106552" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428516v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2019.101334" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989001v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengfei Fan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Kang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2018.05.014" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988945v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Chen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tr.2018.2874459" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632274v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meilin Wen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2017.10.050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786568v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.12.003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64V4S375-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786588v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2017.2778804" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989189v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Chen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Li" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Bu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2018.2882767" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632273v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2017.2733839" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447683v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyan Zhang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2016.06.016" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632275v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Di Maio" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X16683321" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632272v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Chen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2017.05.009" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447684v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lirong Cui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2016.10.030" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633050v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.05.004" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632271v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2017.04.001" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632276v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2016.12.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633052v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172680" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366290v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyuan Zhang" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Li" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2016.04.004" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447687v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zeng" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2016.08.014" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469629v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Meunier-Pion" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469822v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenling Chen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiwei Fu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD64771.2025.11099349" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464718v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Temericht" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fraysse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-94-3281-3_esrel-sra-e2025-p5793-cd" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469355v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041527v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xihe GE" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Anwer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Hangzhou58797.2023.10482579" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313073v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-8071-1_P545-cd" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313077v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS59833.2023.10381382" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317743v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.013" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03898749v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896649v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Sayad" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lemoine" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_S28-03-640-cd" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891448v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_S28-02-493-cd" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656125v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317745v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.011" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648310v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertr Decocq" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN53892.2022.9758134" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448515v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_356-cd" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363854v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_211-cd" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317735v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Liu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_434-cd" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463486v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_219-cd" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317736v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-14-8593-0_4995-cd" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317699v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-11-2724-30979-cd" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322267v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS48664.2019.8987621" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428519v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS.2018.8688845" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989073v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447686v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787896v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Cheng" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787911v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787902v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322270v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Du" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.G. Zeng" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Zio" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322265v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787898v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322436v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322449v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469-413" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322268v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469-291" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787112v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787839v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469-193" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322263v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS.2017.8272859" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447685v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787850v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469651v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763784v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Mc Court" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446712v3" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04400567v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zhiguo-zeng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4937-4380" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253135435" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/I-8525-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469248v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Li" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Zeng" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yao" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2025.106436" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469820v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guixiang Lyu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudong Xing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/telecom6040077" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973288v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Boujarif" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Jouini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heidsieck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2025.3528074" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787634v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2024.110642" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04437914v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youba Nait-Belaid" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Fang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coudray" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barros" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35833/MPCE.2024.000015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432522v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Alsulieman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Khan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud El-Halwagi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xihe Ge" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109834" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322434v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangfan Xiahou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muchen Wu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725854.2022.2125602" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322447v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Gao" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725854.2022.2062627" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317597v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Mitici" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg de Pater" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109199" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112527v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Li" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decocq" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Ping Fang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2023.3269673" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152669v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109515" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317615v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bell&#232;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam F. Abdin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2023.109364" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317599v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.01.060" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317600v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Zhong Huang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2022.3187075" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322448v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianyu Wang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Zhang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Miao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2022.3207837" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829868v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youba NAIT BELAID" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Legendre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464065v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duval" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sango" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2021.108091" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317607v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2022.108770" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464082v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TII.2020.2998102" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464076v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2021.3087531" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464081v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shijia Du" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Ding" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.08.066" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464078v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishuang Hu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Lin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2021.3061175" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464077v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Zhai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2021.107443" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464080v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingying Chen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.107268" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464071v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasneem Bani-Mustafa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Flage" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Zio" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X20968954" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228495v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youba Nait Belaid" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Sanchez-Torres" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14102888" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464075v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X211028699" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428501v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vasseur" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2019.08.043" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03137182v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinduo Xing" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.107067" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322271v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.106947" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03137193v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2019.104596" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428516v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2019.101334" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428514v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2019.106552" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989001v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengfei Fan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Kang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2018.05.014" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989189v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Chen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Li" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Bu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2018.2882767" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632274v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meilin Wen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2017.10.050" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988945v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Chen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tr.2018.2874459" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786568v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.12.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64V4S375-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01786588v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2017.2778804" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632276v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2016.12.002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633052v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172680" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632273v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2017.2733839" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632275v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Di Maio" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1748006X16683321" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447683v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyan Zhang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2016.06.016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632272v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Chen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2017.05.009" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447684v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lirong Cui" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2016.10.030" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632271v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2017.04.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633050v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2017.05.004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366290v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyuan Zhang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Li" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2016.04.004" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447687v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zeng" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2016.08.014" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464718v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Temericht" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fraysse" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-94-3281-3_esrel-sra-e2025-p5793-cd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469822v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenling Chen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiwei Fu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD64771.2025.11099349" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557307v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxuan Hu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxuan Cao" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf El Messaoudi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peilin Li" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321707" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763784v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Mc Court" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mc Court" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD64182.2025.10989951" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469629v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Meunier-Pion" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557292v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Younsi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469355v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653944v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitici Mihaela" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenneskens Leo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeng Zhiguo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coit David" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896269v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012487400003639" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436244v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313073v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-8071-1_P545-cd" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041527v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xihe GE" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Anwer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Hangzhou58797.2023.10482579" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313077v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS59833.2023.10381382" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648310v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertr Decocq" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN53892.2022.9758134" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896649v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Sayad" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lemoine" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_S28-03-640-cd" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03898749v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317743v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.013" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891448v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-5183-4_S28-02-493-cd" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656125v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317745v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.011" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463486v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_219-cd" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448515v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_356-cd" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363854v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_211-cd" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317735v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Liu" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-18-2016-8_434-cd" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317736v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-14-8593-0_4995-cd" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317699v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-11-2724-30979-cd" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322267v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS48664.2019.8987621" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428519v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS.2018.8688845" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989073v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447685v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787911v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787902v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447686v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322270v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Du" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kang" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.G. Zeng" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Zio" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322265v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787898v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322436v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787896v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Cheng" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787839v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469-193" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787112v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322268v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469-291" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322449v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781315210469-413" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322263v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSRS.2017.8272859" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787850v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557317v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469651v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446712v3" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04400567v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>