--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -701,312 +701,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03218043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors for and against resistance to smart services: role of consumer lifestyle and ecosystem related variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of privacy concerns on resistance to smart services: does the ‘Big Brother effect’ matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zied Mani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Chouk</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zied Mani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Services Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 33 (4), pp.449-462. </w:t>
+              <w:t xml:space="preserve">Journal of Marketing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, The role of smart technologies in decision making: developing, supporting and training smart consumers, 35 (15-16), pp.1460-1479. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/JSM-01-2018-0046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/0267257X.2019.1667856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03711784v1</w:t>
+                <w:t xml:space="preserve">hal-03217977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of privacy concerns on resistance to smart services: does the ‘Big Brother effect’ matter?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les facteurs et les formes de résistance des apprenants à une innovation pédagogique : le cas d’un Business Simulation Game</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Ait-Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zied Mani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Inès Chouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marketing Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, The role of smart technologies in decision making: developing, supporting and training smart consumers, 35 (15-16), pp.1460-1479. </w:t>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111 (5), pp.13-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/0267257X.2019.1667856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mav.111.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217977v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs et les formes de résistance des apprenants à une innovation pédagogique : le cas d’un Business Simulation Game</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nabil Ait-Taleb</w:t>
+                <w:t xml:space="preserve">Factors for and against resistance to smart services: role of consumer lifestyle and ecosystem related variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Chouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zied Mani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Services Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (4), pp.449-462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JSM-01-2018-0046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mav.111.0013⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03712646v1</w:t>
+                <w:t xml:space="preserve">hal-03711784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumer resistance to innovation in services: Challenges and barriers in the Internet of Things era</w:t>
               </w:r>
@@ -1077,209 +1077,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03700875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les objets connectés peuvent-ils susciter une résistance de la part des consommateurs ? Une étude netnographique</w:t>
+                <w:t xml:space="preserve">Drivers of consumers’ resistance to smart products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Chouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zied Mani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Décisions Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 84, pp.19-41. </w:t>
+              <w:t xml:space="preserve">Journal of Marketing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1-2, pp.76-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7193/DM.084.19.41⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/0267257X.2016.1245212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02308568v1</w:t>
+                <w:t xml:space="preserve">hal-02980400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of consumers’ resistance to smart products</w:t>
+                <w:t xml:space="preserve">Les objets connectés peuvent-ils susciter une résistance de la part des consommateurs ? Une étude netnographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Chouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zied Mani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marketing Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 1-2, pp.76-97. </w:t>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 84, pp.19-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/0267257X.2016.1245212⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7193/DM.084.19.41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02980400v1</w:t>
+                <w:t xml:space="preserve">hal-02308568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les objets connectés peuvent-ils susciter une résistance de la part des consommateurs? Une étude netnographique</w:t>
               </w:r>
@@ -2160,51 +2160,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3A83C8C2"/>
+    <w:nsid w:val="2266A72E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2391,51 +2391,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zied-mani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1126-1666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170325148" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637277v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Mani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Chouk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.112.0007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Kefi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Khelladi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Veg-Sala" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2024.2443226" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464127v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Chouk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferrandi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gonzalez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/sim.28.1.0043" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316538v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2022.101706" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218043v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.102.0099" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711784v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSM-01-2018-0046" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-Z0Z3GK9H-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217977v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2019.1667856" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ait-Taleb" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.111.0013" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700875v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpim.12463" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308568v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.084.19.41" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980400v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2016.1245212" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839381v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714540493" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839375v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.216.0009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581338v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Guguen-Gicquel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403844v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678793v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678806v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281595v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104669v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zied-mani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1126-1666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170325148" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637277v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Mani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Chouk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.112.0007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Kefi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Khelladi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Veg-Sala" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2024.2443226" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464127v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Chouk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferrandi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gonzalez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/sim.28.1.0043" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316538v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jengtecman.2022.101706" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218043v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.102.0099" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217977v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2019.1667856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712646v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ait-Taleb" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.111.0013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711784v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSM-01-2018-0046" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-Z0Z3GK9H-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700875v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpim.12463" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980400v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2016.1245212" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308568v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.084.19.41" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839381v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714540493" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839375v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.216.0009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581338v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Guguen-Gicquel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403844v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678793v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678806v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281595v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104669v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>