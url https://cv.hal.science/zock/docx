--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -385,260 +385,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03829303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI at the Crossroads of NLP and Neurosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Zock</w:t>
+                <w:t xml:space="preserve">Comparison of Different Lexical Resources With Respect to the Tip-of-the-Tongue Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Biemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cognitive Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 21 (1), pp.1-14</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 21 (2), pp.193-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17791/jcs.2020.21.2.193⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03168883v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">hal-03168850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecture de l'ouvrage de J. A. Goldsmith et B. Laks. 'Battle in the Mind Fields'.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03170041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Chris Biemann</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AI at the Crossroads of NLP and Neurosciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cognitive Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 21 (2), pp.193-252. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.1-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17791/jcs.2020.21.2.193⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03168850v1</w:t>
+                <w:t xml:space="preserve">hal-03168883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Become fluent in a foreign language by using an improved technological version of an outdated method.</w:t>
               </w:r>
@@ -972,50 +972,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00953650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Storage does not Guarantee Access: The Problem of Organizing and Accessing Words in a Speaker's Lexicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cognitive Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12, pp.233-258</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00953672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Et si Boileau s'était trompé? Le problème du mot sur le bout de la langue et comment y remédier.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1024,139 +1106,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognisciences : Journal des sciences cognitives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Revue CogniScience, 7 (5--7), pp.5-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480432v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-00953672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le problème du &amp;quot; mot sur le bout de la langue &amp;quot; et comment y remédier</w:t>
               </w:r>
@@ -2319,204 +2319,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Towards a resource based on users' knowledge to overcome the Tip-of-the-Tongue problem.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Biemann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of CogALex (Cognitive Aspects of the Lexicon), COLING Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Osaka, Japan. pp.57-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Combining syntactic patterns and Wikipedia's hierarchy of hyperlinks to extract relations: The case of meronymy extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debela Tesfaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Teferra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of NAACL-HLT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, San Diego, Unknown Region. pp.29-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480392v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01480395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Errare humanum est.' Refusing to 'appreciate' this fact could be a big mistake !</w:t>
               </w:r>
@@ -2634,50 +2634,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The 'lexical-access problem' (Cogalex-shared task).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cogalex-IV, COLING workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Dublin, Ireland. pp.1--14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le fait d'avoir stocké des mots garantit nullement leur accès.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2686,139 +2768,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ressources Lexicales et Traitement de la Langue, atelier TALN-2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Marseille, France. pp.221--230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480407v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01480410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Graph-Based Approach for Computing Free Word Associations.</w:t>
               </w:r>
@@ -3083,51 +3083,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical grâce à un assistant ludique pour le &amp;quot; mot sur le bout de la langue</w:t>
+                <w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical via un outil pour retrouver le mot sur le bout de la langue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lafourcade</w:t>
@@ -3167,94 +3167,94 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.295-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-00832991v1</w:t>
+                <w:t xml:space="preserve">hal-00661659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Rapp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Special issue of the Journal 'Cognitive Science'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Seoul, Korea, Unknown Region. pp.211--213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3273,51 +3273,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical via un outil pour retrouver le mot sur le bout de la langue</w:t>
+                <w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical grâce à un assistant ludique pour le &amp;quot; mot sur le bout de la langue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lafourcade</w:t>
@@ -3357,67 +3357,434 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.295-306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00661659v1</w:t>
+                <w:t xml:space="preserve">lirmm-00832991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lexical Access, a Search-Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirina Rakotonanahary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd SIGLEX endorsed COLING Workshop on Cognitive Aspects of the Lexicon, Enhancing the Structure and Look-up Mechanisms of Electronic Dictionaries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Beijing, China. pp.75-84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00959192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are vector-based approaches a feasible solution to the 'tip-of-the-tongue' problem?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonio Wandmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Ovchinnikova</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLEXICOGRAPHY in the 21st century: new challenges, new applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Louvain-la-Neuve, Belgium. pp.355-366</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Tool for Linking Stems and Conceptual Fragments to Enhance word Access</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Gala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 7th International Conference on 'Language Resources and Evaluation (LREC'10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, La Valetta, Malta. pp.2263--2268</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du TAL au TIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lapalme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TALN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Montréal, Canada. 9 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00661666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic tool for creating and using multilingual phrasebooks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3433,2422 +3800,2055 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Natural Language Processing and Cognitive Science, NLPCS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Funchal, Madeira, Unknown Region. pp.79--89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Nirina Rakotonanahary</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reverse access via an index based on the notion of association. What do vector-based approaches offer?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonio Wandmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd SIGLEX endorsed COLING Workshop on Cognitive Aspects of the Lexicon, Enhancing the Structure and Look-up Mechanisms of Electronic Dictionaries</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Beijing, China. pp.75-84</w:t>
+              <w:t xml:space="preserve">eLexicography in the 21st Century (eLEX2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Louvain-la-Neuve, Unknown Region. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Ekaterina Ovchinnikova</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The development of speaking skills in a foreign language via a phrase-book enhanced with a customizable exercice generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLEXICOGRAPHY in the 21st century: new challenges, new applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Louvain-la-Neuve, Belgium. pp.355-366</w:t>
+              <w:t xml:space="preserve">J-SLA 2009(The 9th Annual Conference of J-SLA 2009, i.e. Japan Second Language Association)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, University of Chuo, Japan. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Guy Lapalme</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling the Tip-Of-the-Tongue State in Guided Propagation Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Béroule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Milano, Unknown Region. pp.77--93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verbal Fluency, or how to Stay on Top of the Wave?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos D. Afantenos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 5th International workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Unknown, Unknown Region. pp.159-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lexical access based on underspecified input</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coling 2008: Proceedings of the Workshop on Cognitive Aspects of the Lexicon (COGALEX 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Manchester, United Kingdom. pp.9--17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to Evaluate and Raise the Quality in a Collaborative Lexicographic Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Cristea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinna Forăscu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Raschip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LREC-08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Marrakech, Marocco, Unknown Region. pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Looking up phrase rephrasings via a pivot language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Max</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Workshop on Cognitive Aspects of the Lexicon (COGALEX 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Manchester, United Kingdom. pp.77--85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un générateur d'exercises pour faciliter l'acquisition d'aisance dans l'expression verbale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2éme colloque international de didactique cognitive.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Toulouse, France. pp.82-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00192003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Who's Next? From Sentence Completion to Conceptually Guided Message Composition.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Jakubiec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Funchal, Madeira, Unknown Region. pp.38--46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'amorçage d'idées à la composition et l'expression des messages.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier TALN, titre: Reconstruire la langue dans les communications alternatives et augmentées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Toulouse, Unknown Region. pp.549-558</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note de lecture de l'ouvrage collectif de C. Gruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À la recherche du mot: De la langue au discours'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, Unknown Region. pp.205-207</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Support for interactive text structuring in word processors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Max</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Writing Development in Higher Education (WDHE) Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00324748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capitalisation d'une ressource en or : le dictionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 13th Conference on Natural Language Processing (TALN 2006). April 10-13, 2006. Leuven (Belgium)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Belgique. pp.846-854</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00197392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Good Index, Prerequisite for Easy Access of Information Stored in a Dictionary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natural Language Understanding and Cognitive Science, Proceedings of the 3rd International Workshop on Natural Language Understanding and Cognitive Science, NLUCS 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paphos, Cyprus. pp.37-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing electronic dictionaries with an index based on associations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ferret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Sydney, Australia. pp.281--288</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What does the word 'dictionary' evoke in the minds of a linguist, a computer scientist, or a psychologist?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. of the 6th Symposium on Natural Language Processing (SNLP), Papillon-meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Chiang-Rai, Thailand. pp.85-92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'ordinateur à la rescousse du rédacteur: comment reconnaître automatiquement des liens entre des idées afin de construire un plan?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Max</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Journee d'étude Atala consacrée à la génération de langue naturelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Paris, Unknown Region. pp.41--44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Converting an electronic dictionary into a drill tutor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Quint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">InSTIL/ICALL2004―NLP and Speech Technologies in Advanced Language Learning Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Venice, Unknown Region. pp.41--44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The potential of electronic dictionaries to emulate (partially) the mental lexicon, or, how to support writers to find the words they are looking for?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Modelling of Language and Communication Disorders, Human Communication Science Net Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Sidney, Unknown Region. pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why have them work for peanuts, when it is so easy to provide reward? Motivations for converting a dictionary into a drill tutor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Quint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Papillon workshop on Multilingual Lexical Databases, 6 pages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Grenoble, Unknown Region</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Word lookup as an ongoing dialogue between a user and a lexicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 10th Annual Meeting of the Association for Natural Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Tokyo, Unknown Region. pp.484--487</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Word Lookup on the Basis of Associations: from an Idea to a Roadmap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slaven Bilac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. COLING 2004 Workshop on Enhancing and using electronic dictionaries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Geneva, Switzerland. pp.29--35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'ordinateur assistant l'homme a trouver le mot que celui-ci a sur le bout de la langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Journee d'étude Atala, thème 'La Génération de langue naturelle'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Unknown, Unknown Region. pp.1--10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Système d'aide à l'accès lexical : trouver le mot qu'on a sur le bout de la langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lortal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Grau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TALN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2010, Montréal, Canada. 9 p</w:t>
+              <w:t xml:space="preserve">, Apr 2004, Fez, Maroc. pp.259-268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...1402 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00661664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to find the needle in a haystack?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 4th International Conference of the Asian Federation of Information Technology in Agriculture and The 2nd World Congress on Computers in Agriculture and Natural Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Bangkok, Thailand. pp.17--23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480486v1</w:t>
-              </w:r>
-[...641 lines deleted...]
-                <w:t xml:space="preserve">hal-00661664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extensions to electronic dictionaries</w:t>
               </w:r>
@@ -6721,539 +6721,772 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The semantics of projective prepositions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tools for Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, New Orleans, United States. pp.1-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Natural language generation - at the Crossroads of Cognitive Science (Coling Tutorial)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Computational Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, Tokyo and Kyoto, Japan. pp.31-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A psycho-linguistically motivated architecture for natural language generation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principles of natural language generation, workshop on Principles in Natural Language Generation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, Dagstuhl castle, Germany. pp.14-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...34 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling lexical phrases acquisition in L2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Colmerauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Fouqueré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abeillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tools for Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, New Orleans, United States. pp.1-8</w:t>
+              <w:t xml:space="preserve">Second Language Acquisition Research: The state of the art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">edutice-00000632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How To Visualize Time, Tense And Aspect?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COLING '92</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Nantes, France. pp.475-482</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...77 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La génération interactive de langage: comment visualiser le passage de l'idée à la phrase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second Language Acquisition Research: The state of the art</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1992, Utrecht, Netherlands</w:t>
+              <w:t xml:space="preserve">Texte et Ordinateur : les mutations du Lire-Ecrire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, Nanterre, France. pp.249-268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to ask a foreigner questions without knowing his language : proposal for a conceptual interface to communicate thought.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruslan Mitkov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natural Language Processing Pacific RIM Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, Singapour, Singapore. pp.121-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visualising results of choices in language generation : the use of intermediate structures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Laroui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Natural Language Learning (IJCAI-91)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, Sydney, Australia. pp.79--86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">If you can't open the black box, open a window! or, how to visualize dependency relationships when mapping meaning onto form?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COGNITIVA 90: Proceedings of the third COGNITIVA symposium on At the crossroads of artificial intelligence, cognitive science, and neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, Amsterdam, Netherlands. pp.371--378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to ask a foreigner questions without knowing his language ? Proposal for a conceptual interface to communicate thought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7269,290 +7502,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Language Processing Pacific RIM Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175829v1</w:t>
-              </w:r>
-[...231 lines deleted...]
-                <w:t xml:space="preserve">hal-01479987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SWIM: un système interactif de génération de phrases assistant l'apprentissage naturelle d'une langue</w:t>
               </w:r>
@@ -7627,200 +7627,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Language learning as problem solving: modelling logical aspects of inductive learning to generate sentences in French by man and machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gil Francopoulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Laroui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLING'88</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, Budapest, Hungary. pp.806--811, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3115/991719.991800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Interactive Paraphrase Generation as a Way of Visualizing the Nature, the Implications and the Adequacy of Choices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive Science Society Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1988, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480005v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-01480006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération automatique de Textes: Problématiques et solutions</w:t>
               </w:r>
@@ -7962,51 +7962,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -8199,470 +8199,587 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The 7th Workshop on Cognitive Aspects of the Lexicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chersoni Emmanuele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsu Yu-Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santus Enrico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 7th Workshop on Cognitive Aspects of the Lexicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.109, 2022, 978-1-959429-01-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26615/978-⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">CogALEX (Cognitive Aspects of the Lexicon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Yin Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Santus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The 6th Workshop on the Cognitive Aspects of the Lexicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrico Santus</w:t>
-[...61 lines deleted...]
-                <w:t xml:space="preserve">Michael Zock</w:t>
+                <w:t xml:space="preserve">Chersoni Emmanuele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiang Ron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iacoponi L.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santus Enrico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 6th Workshop on the Cognitive Aspects of the Lexicon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.167, 2020, 978-1-952148-39-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes de l'atelier « Diversité Linguistique et TAL » (DiLiTAL 2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadoua Atta-Allah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Agnaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Ansar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aicha Bouhjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siham Boulaknadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Automatique de Langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01541153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in Natural Language Generation: An Artificial Intelligence Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Adorni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EWNLG '93, 4th European Workshop on Natural Language Generation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1993, Pise, Italy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.382, 1993, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/3-540-60800-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8672,3204 +8789,3213 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Aspects of the Lexicon (COGALEX-VI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Santus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COGALEX-V (Cognitive Aspects of the lexicon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Evert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Alessandro Lenci and Stefan Evert. pp.1-173, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New concepts in Natural Language Generation: planning, realization, systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helmut Horacek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Helmut Horacek and Michael Zock. Bloomsbury Publishing, (new edition), 318 pages, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cognitive aspects of Natural Language Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock. Journal of Cognitive Science, 16, 4, (pp. 355-564) (4), pp.355-564, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the workshop 'Réseaux Lexicaux et Traitement des Langues Naturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Bel-Enguix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Gemma Bel-Enguix and Reinhard Rapp. TALN, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COGALEX IV (Cognitive Aspects of the Lexicon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp and Chu-Ren Huang. Association for Computational Linguistics, pp.1-245, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ressources lexicales : construction et utilisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Gala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nuria Gala and Michael Zock. John Benjamins, Lingvisticae Investigationes, pp.1-364, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NLPCS workshop proceedings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. 10th International Workshop on Natural Language Processing and Cognitive Science, NLPCS 2013, pp.1-188, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NLPCS workshop proceedings (9th International Workshop on Natural Language Processing and Cognitive Science)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. SciTe Press, Portugal, pp.1-151, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COGALEX-III (Cognitive Aspects of the Lexicon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp. Association for Computational Linguistics, pp.1-231, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural Language Processing and Cognitive Science. Human-Machine Interaction in Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lykke Jakobsen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock and Michael Carl and A. Lykke Jakobsen. Copenhagen Business School, pp.1- 272, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cognitive aspects of Natural Language Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp. Journal of Cognitive Science, 12, pp. 211- 322 (3), 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COGALEX-II (Cognitive Aspects of the Lexicon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp. Association for Computational Linguistics, pp.1-95, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the Symposium 'Enhancing electronic dictionaries with the help of lexicographers, computer scientists and cognitive psychologists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NLPCS workshop proceedings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. 7th International Workshop on Natural Language Processing and Cognitive Science, NLPCS 2010, pp.119, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 6th International Workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. INSTICC Press, pp.1-145, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COGALEX-I (Cognitive Aspects of the Lexicon). Enhancing the Structure, Indexes and Entry Points of Electronic Dictionaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chu-Ren Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Chu-Ren Huang. Association for Computational Linguistics, pp.1-121, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural Language Processing resources, algorithms and tools for authoring aids, Proceedings of LREC workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Max</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Robert Dale and A. Max and Michael Zock. 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 5th International Workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. INSTICC Press, pp.1-175, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 4th International Workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Sharp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. INSTICC Press, pp.1-239, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7th International Symposium on Natural Language Processing (SNLP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asanee Kawtrakul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wantanee Phantachat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Asanee Kawtrakul and Michael Zock and Wantanee Phantachat. pp.1-663, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transaction on Computer and Information Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asanee Kawtrakul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Asanee Kawtrakul and Michael Zock. Electrical Engineering/Electronics, Computer, Communications and Information Technology Association (ECTI), 2, 2 [Special issue], pp.1-73, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing and Using Electronic Dictionaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Saint-Dizier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Zock and P. Saint-Dizier. MIT Press, 99 pages, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dictionnaires (électroniques) : un élément central dans le traitement (automatique) des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Carroll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and John Carroll. Actes de la journ\'ee d'\'etude, pp.1-25, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computer Assisted Language Learning in the francophone world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock. CALL, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sentence Generation by Pattern Matching.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. Mitkov &amp; N. Nicolov. John Benjamins, pp.35, 1997, Recent Advances in Natural Language Processing. Series: Current Issues in Linguistic Theory</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00661773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 2nd International Conference on Recent Advances in Natural Language Processing (RANLP '97)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruslan Mitkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nicolov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Kudlek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ruslan Mitkov and Nicolas Nicolov and Manfred Kudlek and Michael Zock. 1997</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trends in Natural Language Generation: an Artificial Intelligence Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Lenci</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+                <w:t xml:space="preserve">Giovanni Adorni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Giovanni Adorni and Michael Zock. Springer Verlag, Lecture Notes in Artificial Intelligence 1036, pp.1- 382, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Michael Zock and Alessandro Lenci and Stefan Evert. pp.1-173, 2016</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the workshop Gaps and Bridges: New Directions in Planning and Natural Language Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristiina Jokinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Maybury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Zukerman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kristiina Jokinen and Mark Maybury and Michael Zock and Ingrid Zukerman. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New concepts in Natural Language Generation: planning, realization, systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helmut Horacek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Helmut Horacek and Michael Zock. Bloomsbury Publishing, (new edition), 318 pages, 2016</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Helmut Horacek and Michael Zock. Pinter Pbs, 318 p., 1993, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5040/9781474284929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Michael Zock. Journal of Cognitive Science, 16, 4, (pp. 355-564) (4), pp.355-564, 2015</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 3d European Workshop on Natural Language Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helmut Horacek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Helmut Horacek and Michael Zock. 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Michael Zock and Gemma Bel-Enguix and Reinhard Rapp. TALN, 2014</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Current Research in Natural Language Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Mellish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Robert Dale and Chris Mellish and Michael Zock. Academic Press, pp.356, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp and Chu-Ren Huang. Association for Computational Linguistics, pp.1-245, 2014</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 2nd European Workshop on Natural Language Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Mellish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Robert Dale and Chris Mellish and Michael Zock. 1989</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. 10th International Workshop on Natural Language Processing and Cognitive Science, NLPCS 2013, pp.1-188, 2013</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advances in Natural Language Generation: an Interdisciplinary Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Sabah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Gérard Sabah. Pinter and Ablex (coedition), 1 and 2, pp.1-200, 1988</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Nuria Gala and Michael Zock. John Benjamins, Lingvisticae Investigationes, pp.1-364, 2013</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of the 1st European Workshop on Natural Language Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sabah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and G. Sabah. 1987</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...2115 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (74)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (76)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural Language Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bateman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mitkov, Ruslan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Computational Linguistics (2nd edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.747-769, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eureka! A Simple Solution to the Complex ‘Tip-of-the-Tongue’-Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bastardas-Boada, A.; Massip Bonet, A; Bel-Enguix, G. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Complexity Applications in Language and Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.251-272, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-04598-2_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Areas of Application of Comparable Corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Rapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sharoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Forsyth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Using Comparable Corpora for Under-Resourced Areas of Machine Translation. Theory and Applications of Natural Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural Language Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bateman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ruslan Mitkov. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Handbook of Computational Linguistics (2nd edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use your mind and learn to write : the problem of producing coherent text.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11889,146 +12015,146 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sharp, B. and Sedes, F. and Lubaszewski, W. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive Approaches to Natural Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE, pp.1-25, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to convert a very complex process into something amazingly simple? The case of lexical acces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bastardas-Boada, A. and Massip Bonet, A. and Bel-Enguix, G. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Complexity Applications in Language and Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WordNet and beyond.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12048,241 +12174,314 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christiane Fellbaum and Piek Vossen and Verginica Mititelu and Corina Forăscu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Global WordNet conference (http://gwc2016.racai.ro)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.436-444, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Errare humanum est'. Refusing to 'appreciate' this fact could be a big mistake !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Romanian Academy Publishing House. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Errors by Humans and Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.91-106, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michael Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Special Issue of the Journal 'Cognitive Science' (Words in Books, Computers and the Human Mind)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 16, 4 (4), Institute for Cognitive Science, Seoul National University, pp.355-378, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How well can a corpus-derived co-occurrence network simulate human associative behavior?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Bel-Enguix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Rapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on 'Cognitive Aspects of Computational Language Learning' (CogACLL, affiliated with EACL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association for Computational Linguistics, pp.43--48, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">You shall find the target via its companion words: specification of tools and resources to overcome the tip-of-the-tongue problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12302,495 +12501,495 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bernadette Sharp and Rodolfo Delmonte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Workshop on Natural Language Processing and Cognitive Science (NLPCS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, de Gruyter, pp.215-230, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Núria Gala and Michael Zock. </w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A co-occurence network to support automatic lexical access.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Bel-Enguix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la 20ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.596--603, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic index creation to support navigation in lexical graphs encoding part-of relation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debela Tesfaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cogalex-IV (COLING workshop)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACL, pp.33--52, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'index, une ressource vitale pour guider les auteurs à trouver le mot bloqué sur le bout de la langue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nuria Gala and Michael Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ressources lexicales : construction et utilisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Lingvisticae Investigationes, John Benjamins, pp.1--4, 2013</w:t>
+              <w:t xml:space="preserve">, 10, Lingvisticae Investigationes, John Benjamins, Amsterdam, The Netherlands, pp.313--354, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Automatic index creation to support navigation in lexical graphs encoding part-of relation.</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic Sentence Clustering to help authors perceive possible links between their ideas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debela Tesfaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cogalex-IV (COLING workshop)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACL, pp.33--52, 2013</w:t>
+              <w:t xml:space="preserve">10th International Workshop on Natural Language Processing and Cognitive Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIF-AMU, Marseille, pp.1-8, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...144 lines deleted...]
-              <w:t xml:space="preserve">Nuria Gala and Michael Zock. </w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Gala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Núria Gala and Michael Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ressources lexicales : construction et utilisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 10, Lingvisticae Investigationes, John Benjamins, Amsterdam, The Netherlands, pp.313--354, 2013</w:t>
+              <w:t xml:space="preserve">, Lingvisticae Investigationes, John Benjamins, pp.1--4, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...107 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic creation of an index to support authors to find the word they are looking for.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debela Tesfaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12806,73 +13005,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the International Conference on Management of Emergent Digital EcoSystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACM, pp.179-180, 2012, MEDES' 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Extraction of Part-Whole Relations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12892,1635 +13091,1635 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bernadette Sharp and Michael Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.130--139, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The design of a system for the automatic extraction of a lexical database analogous to WordNet from raw text.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Rapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lipika Dey and Daniel Lopresti and Christoph Ringlstetter and Shourya Roy and L. Venkata Subramaniam. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Sixth Workshop on Analytics for Noisy Unstructured Text Data (COLING workshop)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACL, pp.1-8, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si tous les chemins mènent à Rome, ils ne se valent pas tous. Le problème d'accès lexical.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ataa Allah Fadoual. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invited paper to the 4th international workshop on Amazighe and new Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRCAM, Institut Royal, pp.1-9, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semantic map and a lexical compass to help people find the words they are searching for.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernadette Sharp and Michael Zock and Michael Carl and A. Lykke Jakobsen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Copenhagen, pp.31--42, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrons de phrase, raccourcis pour apprendre rapidement à parler une nouvelle langue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la 18ème conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.27--38, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conceptual input via goals, patterns or ontologies? A hybrid approach to assist foreign language learning.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Copenhagen, pp.31--42, 2011</w:t>
+              <w:t xml:space="preserve">First International Conference on Chinese as a Second Language Research.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...107 lines deleted...]
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilizing citations of foreign words in corpus based dictionary generation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Rapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sadao Kurohashi and Takehito Utsuro. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2nd. Int. Workshop on 'NLP Challenges in the Information Explosion Era' (NLPIX 2010), Large-scale and sharable NLP infrastructures and beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACL, pp.50--59, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Conceptual input via goals, patterns or ontologies? A hybrid approach to assist foreign language learning.</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The noisier the better : Identifying multilingual word translations using a single monolingual corpus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sudeshna Sarkar and Min Zhang and Adam Lopez and Raghavendra Udupa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Workshop On Cross Lingual Information Access (CLIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACL, pp.16--25, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing electronic dictionaries with the help of lexicographers, computer scientists and cognitive psychologists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinhard Rapp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael Zock and Reinhard Rapp. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of a Symposium co-located with the 7th International Conference on Cognitive Science (ICCS2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quick, but not necessarily dirty, way of learning Chinese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lih-Juang Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">First International Conference on Chinese as a Second Language Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The mental lexicon, blueprint of tomorrow's electronic dictionaries ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Conference on Chinese as a Second Language Research.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.1, 2010</w:t>
+              <w:t xml:space="preserve">, The 7th International Conference on Cognitive Science, pp.426--427, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...236 lines deleted...]
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Language production a demanding but feasable task, provided to find the right strategies and tools.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dan Tufiş and Corinna Forăscu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multilinguality and Interoperability in Language Processing with Emphasis on Romanian</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Romanian Academy Publishing House, pp.345--362, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wheels for the mind of the language producer: microscopes, macroscopes, semantic maps and a good compass (invited paper).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Verginica Barbu Mititelu and Victor Pekar and Eduard Barbu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">'Semantic relations. Theory and Applications' (workshop)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Conference on 'Language Resources and Evaluation' (LREC), pp.47--53, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Dictionary Expansion Using Non-parallel Corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Rapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Fink and Berthold Lausen and Wilfried Seidel and Alfred Ultsch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Data Analysis, Data Handling and Business Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.317-325, 2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-01044-6_29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using e-Learning to achieve fluency in foreign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Tzanavari and N. Tsapatsoulis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Affective, Interactive and Cognitive Methods for e-Learning Design : Creating an Optimal Education Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IGI Global, pp.187--206, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Navigational aids, a critical factor for the success of electronic dictionaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Reinhard Rapp and P. Sedlmeier and G. Zunker-Rapp. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perspectives on Cognition: A Festschrift for Manfred Wettler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pabst Science Publishers, pp.397--414, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Needles in a haystack and how to find them? The case of lexical access</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Miyares Bermudez and L. Ruiz Miyares. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistics in the Twenty First Century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Needles in a haystack and how to find them? The case of lexical access, Cambridge Scholars Press, pp.155-162, 2006</w:t>
+              <w:t xml:space="preserve">, Cambridge Scholars Press, pp.155-162, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...123 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linguistics in the Twenty First Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistics in the Twenty First Century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cambridge Scholars Press, pp.155-162, 2006</w:t>
+              <w:t xml:space="preserve">, Needles in a haystack and how to find them? The case of lexical access, Cambridge Scholars Press, pp.155-162, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Needles in a haystack and how to find them? The case of lexical access</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">X Simposio International de comunicacion social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-8, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Word Lookup Guided by Associations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Belz and R. Evans and P. Piwek. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. of the International Conf. on Natural Language Generation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, (INLG04, Brockenhurst). Also in ITRI Technical Report No. ITRI-04-01, pp.51--56, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural Language Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bateman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ruslan Mitkov. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Handbook of Computational Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, Oxford University Press, pp.284--304, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génération automatique de textes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14540,294 +14739,389 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Fayol. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Production du langage, Traité des Sciences Cognitives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès/Lavoisier, pp.263--286, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la modélisation de l'activité de production et de révision de texte (invited talk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique Production de Textes et Processus de Révision : méthodes et analyses en temps réel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learn to speak and to write, learn to use your mind (invited talk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Workshop on Natural Language Generation, ACL-2001</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.84-85, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relevance of automatic text generation research for people (invited talk).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole thématique 'Production de Textes et Processus de Révision : méthodes et analyses en temps réel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.10--11, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic generation of subway directions: Salience gradation as a factor for determining message and form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Fraczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lapalme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th Iternational Workshop on Natural Language Generation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.58-67, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation du contenu conceptuel et de la forme textuelle dans la génération de description d'itinéraires en métro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidia Fraczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lapalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14846,667 +15140,572 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Zweigenbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TALN'98</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.72-81, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects fondamentaux de la génération de text: problèmes et (in)adéquation de solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Georges Antoniadis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GAT'97, 1er Colloque Francophone Génération Automatique de Textes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-4, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentence Generation by Pattern Matching: The Problem of Syntactic Choice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ruslan Mitkov and Nicolas Nicolov. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Natural Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins Publ. Company, pp.317-352, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse Planning: Empirical Research and Computer Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerry Andriessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koenraad De Smedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Dijkstra and K. de Smedt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Psycholinguistics: AI and connectionist models of Human Language processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Taylor and Francis, pp.247--278, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Architectures for Natural Language Generation: Problems and Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koenraad De Smedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helmut Horacek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giovanni Adorni and Michael Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Natural Language Generation: an Artificial Intelligence Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Verlag, Lecture Notes in Artificial Intelligence 1036, pp.17-46, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Adorni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giovanni Adorni and Michael Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Natural Language Generation - An Artificial Intelligence Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer-Verlag, pp.1--16, 1996, 3-540-60800-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dictionary as interface between language and thought: the case of lexical choice in NL-generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Language Processing, Pacific RIM Symposium '95</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.420-425, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to learn about space by building and exploring a microworld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15522,383 +15721,737 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IV Simposio Internacional de Comunicacion Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-8, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Science and Natural Language Processing: where do we stand, where do we want to go, or how to save a marriage that was planned but hasn't taken place yet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Annual Meeting of the Japanese Cognitive Science Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.42-45, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapter 5 Identifying and Simulating Cognitive Strategies for the Description of Spatial Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Laroui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprehension of Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 108, Elsevier, pp.77-94, 1994, Advances in Psychology, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0166-4115(09)60109-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Language in action, or, learning a language by seeing it work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lisette Appelo and Franziska de Jong. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Twente Workshop on Language Technology: Computer-Assisted Language Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.101-111, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helmut Horacek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Helmut Horacek and Michael Zock. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">'New Concepts in Natural Language Generation : planning, realization, systems'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pinter, pp.1--9, 1993, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5040/9781474284929.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is Content Generation a One-Shot Process or a Cyclical Activity of Gradual Refinement: The Case of Lexical Choice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Horacek and M. Zock. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Concepts in Natural Language Generation: Planning, Realization and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pinter, pp.290-296, 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...41 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic text generation: a tool for the business world?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Carcagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiametta Namer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Nogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">'New Concepts in Natural Language Generation : planning, realization, systems'</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12th International Conference of Artificial Intelligence, Expert Systems and Natural Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.281-294, 1992</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identifying and simulating cognitive strategies for the description of spatial networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Laroui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. Kulhavy and Wolfgang Schnotz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprehension of graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, North Holland, pp.77-94, 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical choice as pattern matching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Nogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15918,728 +16471,491 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Timothy Nagle and Janice Nagle and Laurie Gerholz and Peter Eklund. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conceptual Structures : current research and practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellis Horwood, pp.413-436, 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...77 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A natural environment for learning russian by computer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruslan Mitkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Vazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nicolov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference of Artificial Intelligence, Expert Systems and Natural Language</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.281-294, 1992</w:t>
+              <w:t xml:space="preserve">Proceedings of the Conference of the Union of the Bulgarian Mathematicians</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-11, 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...88 lines deleted...]
-              <w:t xml:space="preserve">R. Kulhavy and Wolfgang Schnotz. </w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SWIM or SINK: the Problem of Communicating thought</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Swartz and M. Yazdani. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehension of graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Intelligent Tutoring Systems for Foreign Language Learning: The Bridge to International Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.235-247, 1991, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-77202-3_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La génération de textes : une problématique cognitive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Anis and Jean-Louis Lebrave. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Texte et ordinateurs : les mutations du lire-écrire, Volume hors série de la revue LINX, Centre de Recherches Linguistiques de Paris X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.249-268, 1991</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating temporal expressions from icons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ligozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Feldbusch and R.Pogarell and C.Weiss. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neue Fragen der Linguistik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Max Niemeyer Verlag, pp.495--503, 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to transform a 'black box' into a 'glass box', or why use intermediate structures in computer-assisted language learning?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Annual Apple European University Consortium, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.33-36, 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...262 lines deleted...]
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical Choice as a Process of Matching Word Definitions on an Utterance Graph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Nogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16655,73 +16971,146 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Workshop on conceptual graphs, European Conference of Artificial Intelligence (ECAI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.205-220, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment transformer une 'boîte noire' en 'boîte de verre', ou, l'utilitée des structures intermédiaires comme moyen d'explication du fonctionnement du Français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M.G. Séré and A. Weil-Barais. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque - L'explication dans l'enseignement et l'E.I.A.O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Paris XI, pp.131-140, 1990</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">See what I Mean? Interactive Sentence Generation as a Way of Visualizing the Meaning-Form Relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16750,146 +17139,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCCE-90, 5th World Conference on Computers in Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-12, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DIAM: une autre manière d'apprendre la langue de Molière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16922,353 +17238,353 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Monique Baron and Jean François Nicaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées EIAO du PRC-GDR Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.283--296, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural Languages are Flexible Tools, that's what Makes them Hard to Explain, to Learn and to Use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michael Zock and Gérard Sabah. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Natural Language Generation: an Interdisciplinary Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Pinter, pp.181-196, 1988</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dad, can one say...? The Computer as Partner in the Process of Learning Inductively Grammar-Rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eigth International Conference on Computers and the Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-3, 1987</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inductive Learning of Grammar Rules to Generate a Subset of Sentences in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Computer Assisted Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.213-216, 1987</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposal for simulating on-line generation by giving priority either to lexical choice or syntactic structure (Propositions pour une Simulation en Temps Réel de la Génération de Phrases en Privilégiant ou le Choix des Mots ou celui des Structures Syntaxiques).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l'Intelligence Artificielle aux Biosciences, Cognitiva</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-10, 1987</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple Representation as a Means of Enhancing the Discovery of Efficient Strategies in Sentence Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17284,73 +17600,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes 5th Canadian symposium on industrial technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.158-160, 1986</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I, me, mine: Psycholinguistic Constraints of French Clitics in Sentence Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17366,197 +17682,197 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 8th Annual Conference of the Cognitive Science Society Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lawrence Erlbaum Associates, pp.876--882, 1986</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatische Erzeugung von Pronominalkonstruktionen im Franzoesischen: Komputerunterstuetztes Entdecken optimaler Linearisierungsstrategien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Udo Figge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues Romanes et Traitement Informatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AQ-Verlag, pp.147-159, 1985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vorschlaege zu einer Sprechergrammatik des Franzoesischen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wolfgang Kuehlwein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th congress of the Society of Applied Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.157-159, 1983, Texte in Sprachwissenschaft, Sprachunterricht und Sprachtherapie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17566,188 +17882,188 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The B-to-Z of Natural Language Generation Systems: an almost complete, continually updated list</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bateman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] University of Bremen. 2001, pp.1-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Fil d'Ariane: ou les Grammaires de Texte comme Guide dans l'Organisation et l'Expression de la Pensée en Langue Maternelle et/ou Etrangère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Zock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] U.N.E.S.C.O. report (110 pages). 1986</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId340"/>
+      <w:footerReference w:type="default" r:id="rId347"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17815,51 +18131,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5DD4A168"/>
+    <w:nsid w:val="F1A84586"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18046,51 +18362,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zock" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6169-0477" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07662286X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570173v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zock" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2022.1027392" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829303v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Deyne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Stella" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Pirrelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2022.945705" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168883v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170041v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168850v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Biemann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17791/jcs.2020.21.2.193" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480402v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lapalme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lih-Juang Fang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480398v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Yousfi-Monod" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480404v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debela Tesfaye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953650v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480432v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953672v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953694v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953695v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480458v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480480v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480478v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480495v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Carroll" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480498v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480020v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Jokinen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark T. Maybury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Zukerman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nogier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0950-7051(92)90032-B" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9SWPB0SL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479980v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sabah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480003v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Laroui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Francopoulo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02176647" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-9CTS9WG3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480017v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480392v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Teferra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480395v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480401v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480411v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480407v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480410v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Rapp" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480405v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Bel-Enguix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinahrd Rapp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480413v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480423v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Yousfi-Monod" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00832991v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Joubert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lafourcade" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480428v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661659v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480444v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959192v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirina Rakotonanahary" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480438v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonio Wandmacher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Ovchinnikova" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661666v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480442v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Gala" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rey" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480453v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480450v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480449v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique B&#233;roule" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480459v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480456v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stergos D. Afantenos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480464v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Cristea" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinna For&#259;scu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raschip" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480462v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Max" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480468v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sabatier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Jakubiec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192003v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stergos Afantenos" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480467v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324748v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hernandez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480475v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480469v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00197392v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480470v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480477v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480486v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480484v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Max" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480483v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480481v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Quint" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480488v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Quint" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480490v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480487v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaven Bilac" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480485v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661664v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lortal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480494v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Fournier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480493v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bilac" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480497v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480502v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480504v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Fournier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480507v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Fournier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479951v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479953v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479959v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479962v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479968v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479970v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briffault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479974v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479973v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479972v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479983v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ligozat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000632v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chanier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Colmerauer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fouquer&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Picard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479994v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175829v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Mitkov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479993v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479992v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479987v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480001v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480005v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480006v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3115/991719.991800" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480012v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480016v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alviset" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04961507v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inui, Kentaro" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Yuan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570159v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuele Chersoni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Yin Hsu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon De Deyne" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03834447v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Santus" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570170v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chersoni Emmanuele" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Ron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iacoponi L." TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santus Enrico" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01541153v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua Atta-Allah" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Agnaou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Ansar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Bouhjar" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Boulaknadel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479977v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Adorni" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-60800-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168880v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Lenci" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480393v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Evert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480396v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Horacek" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480400v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480408v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480412v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480417v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Sharp" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480416v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480421v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480424v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480433v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lykke Jakobsen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480431v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480436v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480439v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480437v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480452v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480460v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Ren Huang" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480463v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dale" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480457v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480466v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asanee Kawtrakul" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wantanee Phantachat" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480465v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480472v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480491v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saint-Dizier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480500v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479952v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661773v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479958v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nicolov" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Kudlek" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479961v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Maybury" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479963v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479976v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479990v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480000v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Mellish" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480002v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480004v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480008v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sabah" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079245v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bateman" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079168v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04598-2_14" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079213v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Xu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sharoff" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Forsyth" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480390v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480389v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480391v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480394v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480399v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480409v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480406v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480415v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480414v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480420v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480419v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480418v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480426v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480422v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480425v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480427v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480430v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480429v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480443v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480434v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480441v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480446v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480440v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480445v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480448v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480435v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480454v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01044-6_29" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480451v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480474v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480471v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480476v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480479v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480489v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480492v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480501v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480505v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480503v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480506v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479955v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Fraczak" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479954v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Fraczak" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479956v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479957v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479965v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Andriessen" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koenraad De Smedt" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479964v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479960v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479967v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479969v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479966v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479971v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479978v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479979v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781474284929.0003" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479982v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479984v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carcagno" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kay" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiametta Namer" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479985v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Denis" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479991v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479986v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479988v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Vazov" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479989v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-77202-3_15" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479997v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479995v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479999v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479996v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479998v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480007v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480009v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480010v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480011v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480015v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480014v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480018v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480019v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480508v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480013v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zock" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6169-0477" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07662286X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570173v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zock" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2022.1027392" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829303v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Deyne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Stella" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Pirrelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2022.945705" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168850v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Biemann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17791/jcs.2020.21.2.193" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170041v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168883v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480402v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lapalme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lih-Juang Fang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480398v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Yousfi-Monod" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480404v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debela Tesfaye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953650v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953672v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480432v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953694v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953695v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480458v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480480v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480478v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480495v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Carroll" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480498v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480020v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Jokinen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark T. Maybury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Zukerman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nogier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0950-7051(92)90032-B" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9SWPB0SL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479980v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sabah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480003v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Laroui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Francopoulo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02176647" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-9CTS9WG3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480017v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480395v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480392v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Teferra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480401v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480411v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480410v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Rapp" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480407v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480405v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Bel-Enguix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinahrd Rapp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480413v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480423v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Yousfi-Monod" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661659v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Joubert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lafourcade" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480428v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00832991v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959192v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirina Rakotonanahary" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480438v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonio Wandmacher" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Ovchinnikova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480442v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Gala" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661666v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480444v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480453v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480450v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480449v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique B&#233;roule" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480456v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stergos D. Afantenos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480459v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480464v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Cristea" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinna For&#259;scu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raschip" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480462v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Max" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192003v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stergos Afantenos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480468v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sabatier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Jakubiec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480467v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480475v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324748v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hernandez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00197392v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480469v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480470v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480477v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480484v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Max" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480481v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Quint" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480483v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480488v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Quint" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480490v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480487v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaven Bilac" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480485v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661664v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lortal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Grau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480486v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480494v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Fournier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480493v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bilac" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480497v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480502v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480504v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Fournier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480507v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Fournier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479951v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479953v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479959v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479962v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479968v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479970v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briffault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479972v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479974v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479973v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000632v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chanier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Colmerauer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fouquer&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Picard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479983v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ligozat" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479993v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479992v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Mitkov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479987v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479994v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175829v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480001v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480006v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3115/991719.991800" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480005v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480012v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480016v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alviset" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04961507v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inui, Kentaro" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Yuan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570159v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuele Chersoni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Yin Hsu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon De Deyne" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570169v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chersoni Emmanuele" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsu Yu-Yin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santus Enrico" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26615/978-" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03834447v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Santus" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570170v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Ron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iacoponi L." TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01541153v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadoua Atta-Allah" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Agnaou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Ansar" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Bouhjar" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Boulaknadel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479977v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Adorni" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-60800-1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168880v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Lenci" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480393v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Evert" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480396v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Horacek" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480400v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480408v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480412v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480416v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480417v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Sharp" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480424v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480421v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480433v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lykke Jakobsen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480431v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480439v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480436v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480437v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480452v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480460v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Ren Huang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480463v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dale" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480457v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480465v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480466v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asanee Kawtrakul" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wantanee Phantachat" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480472v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480491v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saint-Dizier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480500v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479952v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661773v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479958v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nicolov" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Kudlek" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479963v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479961v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Maybury" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479976v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781474284929" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479990v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480000v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Mellish" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480002v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480004v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480008v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sabah" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079245v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bateman" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079168v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04598-2_14" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079213v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Xu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sharoff" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Forsyth" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480390v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480389v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480391v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480394v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570182v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480399v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480409v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480406v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480420v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480414v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480419v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480418v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480415v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480426v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480422v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480425v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480429v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480430v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480427v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480434v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480443v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480446v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480445v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480441v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480440v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480448v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480435v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480454v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01044-6_29" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480451v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480471v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480476v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480474v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480479v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480489v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480492v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480501v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480505v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480503v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480506v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479954v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Fraczak" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479955v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Fraczak" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479956v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479957v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479965v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Andriessen" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koenraad De Smedt" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479964v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479960v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479967v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479969v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479966v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04599892v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Denis" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0166-4115(09)60109-6" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479971v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479979v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781474284929.0003" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479978v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479984v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carcagno" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kay" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiametta Namer" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479985v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479982v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479988v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Vazov" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479989v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-77202-3_15" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479997v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479991v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479986v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479995v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479996v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479999v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479998v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480007v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480010v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480009v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480011v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480015v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480014v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480018v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480019v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480508v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480013v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>