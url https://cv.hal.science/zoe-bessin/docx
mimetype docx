--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -126,745 +126,745 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HIRACLES : HIgh-Resolution imAgery for CLiff Erosion Studies – utilisation des images Pléiades pour le suivi de l’érosion du front de falaise</w:t>
+                <w:t xml:space="preserve">Smartphone Structure-from-Motion Photogrammetry from a Boat for Coastal Cliff Face Monitoring Compared with Pléiades Tri-Stereoscopic Imagery and Unmanned Aerial System Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Jaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roza Taouki</w:t>
+                <w:t xml:space="preserve">Emmanuel Vassilakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Théry</w:t>
+                <w:t xml:space="preserve">Niki Evelpidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du réseau d’observation du littoral de Normandie et des Hauts-de-France</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (15), pp.3824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs15153824⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311591v1</w:t>
+                <w:t xml:space="preserve">hal-04215075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de l’imagerie satellite oblique (Pléiades) au suivi et à la compréhension de l’érosion des falaises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cliff Change Detection Using Siamese Kpconv Deep Network on 3d Point Clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris de Gélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Bessin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marion Jaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Théry</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Delacourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire technique du réseau national des observatoires du trait de côte</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04311619v1</w:t>
+              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.649-656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-3-2022-649-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03684625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Processing of VENµS Images of High Mountains: A Case Study for Cryospheric and Hydro-Climatic Applications in the Everest Region (Nepal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (5), pp.1098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14051098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03590789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smartphone Structure-from-Motion Photogrammetry from a Boat for Coastal Cliff Face Monitoring Compared with Pléiades Tri-Stereoscopic Imagery and Unmanned Aerial System Imagery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HIRACLES : HIgh-Resolution imAgery for CLiff Erosion Studies – utilisation des images Pléiades pour le suivi de l’érosion du front de falaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Letortu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Bessin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marion Jaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Niki Evelpidou</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roza Taouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Théry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04215075v1</w:t>
+              <w:t xml:space="preserve">Séminaire du réseau d’observation du littoral de Normandie et des Hauts-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, réseau d’observation du littoral de Normandie et des Hauts-de-France, Nov 2023, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cliff Change Detection Using Siamese Kpconv Deep Network on 3d Point Clouds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iris de Gélis</w:t>
+                <w:t xml:space="preserve">Contribution de l’imagerie satellite oblique (Pléiades) au suivi et à la compréhension de l’érosion des falaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Letortu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Bessin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marion Jaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Delacourt</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roza Taouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Théry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
-[...138 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Webinaire technique du réseau national des observatoires du trait de côte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs14051098⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03590789v1</w:t>
+                <w:t xml:space="preserve">hal-04311619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -908,51 +908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. de Gélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Bessin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Letortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1039,103 +1039,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIRACLES Neo report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Letortu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Bessin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marion Jaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niki Evelpidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vassilakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LETG-Brest Géomer, UMR 6554 CNRS, IUEM-UBO, Brest. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -1189,51 +1189,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction des images VENμS (CNES) par la méthode Cosine pour le suivi de l'enneigement et de la couverture nuageuse : application dans la vallée du Khumbu (Everest, Népal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Bessin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1341,51 +1341,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26A071F2"/>
+    <w:nsid w:val="07F4AA0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1572,51 +1572,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zoe-bessin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8600-5539" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311591v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Letortu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Bessin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Taouki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Th&#233;ry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311619v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215075v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vassilakis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niki Evelpidou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15153824" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03684625v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris de G&#233;lis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-649-2022" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590789v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dedieu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Arnaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14051098" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411980v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de G&#233;lis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bessin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delacourt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03253872v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/zoe-bessin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8600-5539" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215075v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Bessin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Letortu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vassilakis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niki Evelpidou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15153824" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03684625v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris de G&#233;lis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-3-2022-649-2022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590789v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dedieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Arnaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14051098" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311591v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Taouki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Th&#233;ry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311619v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411980v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de G&#233;lis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bessin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delacourt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03253872v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>