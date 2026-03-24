--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -999,248 +999,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02007100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que l’intervention fait à la recherche dans un contexte de maladie grave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agir pour chercher, chercher pour agir : introduction aux recherches interventionnelles en SHS sur le cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restivo Lea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Rollin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 27 (3), pp.331-338. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spub.153.0331⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 27 (3), pp.305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.153.0305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05441834v1</w:t>
+                <w:t xml:space="preserve">hal-01673735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agir pour chercher, chercher pour agir : introduction aux recherches interventionnelles en SHS sur le cancer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ce que l’intervention fait à la recherche dans un contexte de maladie grave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Restivo Lea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Rollin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 27 (3), pp.305. </w:t>
+              <w:t xml:space="preserve">, 2015, 27 (3), pp.331-338. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/spub.153.0305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/spub.153.0331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01673735v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monjaret et Catherine Pugeault , Le sexe de l’enquête. Approches sociologiques et anthropologiques , Lyon, ENS éditions, 2014, 262 p.</w:t>
               </w:r>
@@ -1493,186 +1493,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04022943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociologie du Cancer</w:t>
+                <w:t xml:space="preserve">Sociologie du cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Derbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Rollin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">La Découverte, 2016</w:t>
-            </w:r>
+              <w:t xml:space="preserve">La Découverte, 2016, Repères, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dec.derbe.2016.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007077v1</w:t>
+                <w:t xml:space="preserve">hal-04953673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociologie du cancer</w:t>
+                <w:t xml:space="preserve">Sociologie du Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Derbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Rollin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">La Découverte, 2016, Repères, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">La Découverte, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dec.derbe.2016.01⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04953673v1</w:t>
+                <w:t xml:space="preserve">hal-02007077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2593,51 +2593,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zoe.rollin@u-paris.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zoe.rollin@inrae.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441819v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Rollin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tadeo Granda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17269/s41997-025-01079-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953663v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.051.0083" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441826v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sivilotti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dugas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1453e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04664193v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marchand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Guenfoud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825861v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022906v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.081.0079" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03876000v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabel Galvao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022916v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bayer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.372.0076" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Derbez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441834v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.153.0331" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01673735v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bessin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourgeois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Restivo Lea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.153.0305" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meo&#239;n Hag&#232;ge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.1501.0171" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309887v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boujut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ridremont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022943v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007077v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953673v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.derbe.2016.01" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441829v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Cardi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Helfter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.146.0003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Courty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.esasos.9782813003805" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023075v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.esasos.9782813003812" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022931v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Modak" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.372.0006" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022892v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.bours.2023.01.0132" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04479339v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jacques" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066997v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zoe.rollin@u-paris.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zoe.rollin@inrae.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441819v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Rollin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tadeo Granda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17269/s41997-025-01079-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953663v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.051.0083" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441826v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sivilotti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dugas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1453e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04664193v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marchand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Guenfoud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825861v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022906v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.081.0079" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03876000v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabel Galvao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022916v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bayer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.372.0076" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Derbez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01673735v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bessin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourgeois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Restivo Lea" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.153.0305" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441834v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.153.0331" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meo&#239;n Hag&#232;ge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.1501.0171" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309887v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boujut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ridremont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022943v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953673v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.derbe.2016.01" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007077v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441829v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Cardi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Helfter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.146.0003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Courty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.esasos.9782813003805" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023075v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.esasos.9782813003812" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022931v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Modak" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.372.0006" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022892v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.bours.2023.01.0132" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04479339v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jacques" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066997v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>