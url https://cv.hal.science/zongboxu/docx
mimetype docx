--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1631,563 +1631,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04199338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic sources of InSight marsquakes and seismotectonic context of Elysium Planitia, Mars</w:t>
+                <w:t xml:space="preserve">Largest recent impact craters on Mars: Orbital imaging and surface seismic co-investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Jacob</w:t>
+                <w:t xml:space="preserve">L. Posiolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lognonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Plasman</w:t>
+                <w:t xml:space="preserve">W. Banerdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Perrin</w:t>
+                <w:t xml:space="preserve">J. Clinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Fuji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P Lognonné</w:t>
+                <w:t xml:space="preserve">G. Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2022.229434⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 378 (6618), pp.412-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.abq7704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03694923v1</w:t>
+                <w:t xml:space="preserve">hal-03918132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Far Side of Mars: Two Distant Marsquakes Detected by InSight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Horleston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Horleston</w:t>
+                <w:t xml:space="preserve">John Clinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Clinton</w:t>
+                <w:t xml:space="preserve">Savas Ceylan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savas Ceylan</w:t>
+                <w:t xml:space="preserve">Domenico Giardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constantinos Charalambous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Seismic Record</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (2), pp.88 - 99. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1785/0320220007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03658022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Waves and Crustal Structure on Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Banerdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kim</w:t>
+                <w:t xml:space="preserve">S. Ceylan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Banerdt</w:t>
+                <w:t xml:space="preserve">D. Giardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lekić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 378 (6618), pp.417-421. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.abq7157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Largest recent impact craters on Mars: Orbital imaging and surface seismic co-investigation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seismic sources of InSight marsquakes and seismotectonic context of Elysium Planitia, Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Plasman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Posiolova</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">W. Banerdt</w:t>
+                <w:t xml:space="preserve">Clement Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Clinton</w:t>
+                <w:t xml:space="preserve">N Fuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Collins</w:t>
+                <w:t xml:space="preserve">P Lognonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 378 (6618), pp.412-417. </w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 837, pp.229434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.abq7704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2022.229434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03918132v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Seismic Recordings of High‐Frequency Guided Infrasound on Mars</w:t>
               </w:r>
@@ -3377,51 +3377,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410679v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-R Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Sun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Xu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Svinkin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delaunay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-024-02449-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056862v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongbo Xu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Farra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Crawford" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030767" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398870v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04018766v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plasman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Knapmeyer-Endrun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kawamura" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL101627" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155748v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Broquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuaki Fuji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Kawamura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103136" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199337v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Shi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Chen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghan Yang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JE007676" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270392v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Samuel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Drilleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Rivoldini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quancheng Huang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06601-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04187891v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanbo Xiao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n. Carrasco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keisuke Onodera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103429" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123960v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C E Irving" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vedran Lekic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Dur&#225;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doyeon Kim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2217090120" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155747v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Menina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Margerin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Heller" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drilleau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103202" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155751v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Cheng" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghai Xia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan B. Ajo-Franklin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac475" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199338v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Knapmeyer-Endrun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Margerin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakshit Joshi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104816" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694923v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacob" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Plasman" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fuji" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lognonn&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229434" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03658022v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Horleston" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Clinton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Charalambous" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0320220007" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918151v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Banerdt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ceylan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giardini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Leki&#263;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq7157" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918132v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Posiolova" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clinton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Collins" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq7704" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03918354v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouchka Froment" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Garcia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JE007483" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945839v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Garcia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Daubar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya Posiolova" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Collins" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-022-01014-0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748524v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dylan Mikesell" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024374" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343661v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan T Mikesell" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab370" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919210v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dylan Mikesell" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefine Umlauft" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gribler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa284" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919213v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz261" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919220v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2016-0654.1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919225v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx228" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919226v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinhe Luo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudi Pan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-015-1160-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410679v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-R Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Sun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Xu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Svinkin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delaunay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-024-02449-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056862v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongbo Xu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Farra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Crawford" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030767" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398870v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04018766v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plasman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Knapmeyer-Endrun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kawamura" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL101627" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155748v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Broquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuaki Fuji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Kawamura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103136" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199337v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Shi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Chen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghan Yang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JE007676" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270392v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Samuel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Drilleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Rivoldini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quancheng Huang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06601-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04187891v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanbo Xiao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n. Carrasco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keisuke Onodera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103429" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123960v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C E Irving" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vedran Lekic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Dur&#225;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doyeon Kim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2217090120" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155747v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Menina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Margerin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Heller" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drilleau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103202" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155751v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Cheng" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghai Xia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan B. Ajo-Franklin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac475" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04199338v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Knapmeyer-Endrun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Margerin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakshit Joshi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104816" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918132v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Posiolova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Banerdt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clinton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Collins" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq7704" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03658022v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Horleston" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Clinton" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Charalambous" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0320220007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918151v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kim" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ceylan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giardini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Leki&#263;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq7157" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694923v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacob" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Plasman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fuji" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lognonn&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229434" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03918354v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouchka Froment" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Garcia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JE007483" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945839v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Garcia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Daubar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya Posiolova" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Collins" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-022-01014-0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748524v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dylan Mikesell" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024374" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343661v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan T Mikesell" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab370" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919210v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dylan Mikesell" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefine Umlauft" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gribler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa284" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919213v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mordret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz261" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919220v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/GEO2016-0654.1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919225v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx228" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919226v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinhe Luo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudi Pan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-015-1160-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>