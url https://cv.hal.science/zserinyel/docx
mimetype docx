--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2549,542 +2549,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03222979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar flame speed determination at high pressure and temperature conditions for kinetic schemes assessment</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oxidation of pentan-2-ol -Part II: Experimental and modeling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junfeng Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxiang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (2), pp.2449-2457. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.244⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.833-841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.07.062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02937021v1</w:t>
+                <w:t xml:space="preserve">hal-03216659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of pentan-2-ol -Part II: Experimental and modeling study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laminar flame speed determination at high pressure and temperature conditions for kinetic schemes assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (1), pp.833-841. </w:t>
+              <w:t xml:space="preserve">, 2021, 38 (2), pp.2449-2457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.07.062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216659v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02937021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methyl-3-Hexenoate Combustion Chemistry: Experimental Study and Numerical Kinetic Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental and kinetic modelling study of the oxidation of cyclopentane and methylcyclopentane at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilya E Gerasimov</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Thion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.08.028⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (12), pp.943-956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/kin.21412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02934473v1</w:t>
+                <w:t xml:space="preserve">hal-02934478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and kinetic modelling study of the oxidation of cyclopentane and methylcyclopentane at atmospheric pressure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Dayma</w:t>
+                <w:t xml:space="preserve">Methyl-3-Hexenoate Combustion Chemistry: Experimental Study and Numerical Kinetic Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya E Gerasimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis A Knyazkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatyana A Bolshova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey G Shmakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Thion</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oleg P Korobeinichev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 52 (12), pp.943-956. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 222, pp.170-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/kin.21412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934478v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation of di-n-butyl ether: Experimental characterization of low-temperature products in JSR and RCM</w:t>
               </w:r>
@@ -3445,295 +3445,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02011294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the oxidation kinetics of a cetane improver – 1,2-dimethoxyethane (1,2-DME) with experimental and modeling methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An experimental and modeling study of the oxidation of 3-pentanol at high pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenyu Sun</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kai Moshammer</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 37 (1), pp.555-564. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.06.077⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 37 (1), pp.477-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02011306v1</w:t>
+                <w:t xml:space="preserve">hal-02011316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and modeling study of the oxidation of 3-pentanol at high pressure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+                <w:t xml:space="preserve">Insights into the oxidation kinetics of a cetane improver – 1,2-dimethoxyethane (1,2-DME) with experimental and modeling methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenyu Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Keromnes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+                <w:t xml:space="preserve">Kai Moshammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 37 (1), pp.477-484. </w:t>
+              <w:t xml:space="preserve">, 2019, 37 (1), pp.555-564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.06.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02011316v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02011306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of propyl acetate oxidation: Experiments in a jet-stirred reactor, ab initio calculations, and rate constant determination</w:t>
               </w:r>
@@ -5169,51 +5169,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Togbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6166,64 +6166,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hoblos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Serinyel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6255,273 +6255,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Experimental Flame Speed Measurements of 2,3-BUTANEDIOL and the Development of a Novel Kinetic Sub-Mechanism</w:t>
+                <w:t xml:space="preserve">The Kinetic Study of High-Temperature Oxidation of Neopentane in a Jet-Stirred Reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Amirov</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">G. Dayma</w:t>
+                <w:t xml:space="preserve">Nurlan Amirov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Corfu, Greece</w:t>
+              <w:t xml:space="preserve">12th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Combustion Institute, Apr 2025, Edinbourgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05103200v1</w:t>
+                <w:t xml:space="preserve">hal-05136158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Kinetic Study of High-Temperature Oxidation of Neopentane in a Jet-Stirred Reactor</w:t>
+                <w:t xml:space="preserve">The Experimental Flame Speed Measurements of 2,3-BUTANEDIOL and the Development of a Novel Kinetic Sub-Mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nurlan Amirov</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+                <w:t xml:space="preserve">N. Amirov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Combustion Institute, Apr 2025, Edinbourgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">13th Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Corfu, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05136158v1</w:t>
+                <w:t xml:space="preserve">hal-05103200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Experimental Flame Speed Measurements of 2,3-Butanediol and the Development of a Novel Kinetic Sub-Mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nurlan Amirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6700,273 +6700,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05136183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON THE IMPACT OF THE O-ATOM ON THE IGNITION OF A 5-MEMBERED RING: A COMPARATIVE STUDY BETWEEN CYCLOPENTANE AND TETRAHYDROFURAN</w:t>
+                <w:t xml:space="preserve">Experimental and Modeling Study of the Oxidation of Fenchone, a High-Energy Density Fuel-Additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H.-Q Do</w:t>
+                <w:t xml:space="preserve">L Boualem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Lefort</w:t>
+                <w:t xml:space="preserve">Z Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Lemoyne</w:t>
+                <w:t xml:space="preserve">A Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z Serinyel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M Lailliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Chemical Kinetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Science and Technology of China, Jun 2023, Hefei, China</w:t>
+              <w:t xml:space="preserve">12th Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Combustion Institute, Jan 2023, Luxor, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04384502v1</w:t>
+                <w:t xml:space="preserve">hal-04414651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Modeling Study of the Oxidation of Fenchone, a High-Energy Density Fuel-Additive</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">ON THE IMPACT OF THE O-ATOM ON THE IGNITION OF A 5-MEMBERED RING: A COMPARATIVE STUDY BETWEEN CYCLOPENTANE AND TETRAHYDROFURAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.-Q Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Lemoyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Combustion Institute, Jan 2023, Luxor, Egypt</w:t>
+              <w:t xml:space="preserve">12th International Conference on Chemical Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Science and Technology of China, Jun 2023, Hefei, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04414651v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and modeling study on the ignition delay times of di-npropyl and di-iso-propyl ethers in diluted mixtures</w:t>
               </w:r>
@@ -7466,51 +7466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7546,273 +7546,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of pentan-2-ol – Part II: Experimental and modeling study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laminar flame speed determination at high pressure and temperature conditions for kinetic schemes assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Adelaïde, Australia</w:t>
+              <w:t xml:space="preserve">38th Symposium (Int’l) on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Combustion Institute, Jan 2021, Adelaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03351229v1</w:t>
+                <w:t xml:space="preserve">hal-03354856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar flame speed determination at high pressure and temperature conditions for kinetic schemes assessment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oxidation of pentan-2-ol – Part II: Experimental and modeling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th Symposium (Int’l) on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Combustion Institute, Jan 2021, Adelaïde, Australia</w:t>
+              <w:t xml:space="preserve">38th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Adelaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03354856v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and modelling study of the oxidation of cyclopentanol at high pressures</w:t>
               </w:r>
@@ -7837,51 +7837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8165,51 +8165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8264,64 +8264,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EXPERIMENTAL AND KINETIC MODELLING STUDY OF THE OXIDATION OF CYCLOPENTANE AND METHYLCYCLOPENTANE AT ATMOSPHERIC PRESSURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Thion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8519,51 +8519,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8765,51 +8765,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8890,51 +8890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8989,51 +8989,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the oxidation kinetics of a cetane improver - 1,2-dimethoxyethane (1,2-DME) with experimental and modeling methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenyu Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9041,51 +9041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Moshammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
@@ -9677,64 +9677,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Chemical Kinetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Orléans, France. </w:t>
@@ -9802,64 +9802,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lailliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MCS11 11th Mediterranean Combustion Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Tenerife, Spain. , 2019</w:t>
@@ -10057,51 +10057,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05508497v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakr Hoblos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Halter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2026.138358" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002381v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Vassetti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Cenedese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Honorien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c08396" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05376471v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Elliott" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maristella Di Teodoro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Vari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Pratali Maffei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105928" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05079727v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Scott Goldsborough" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Jespersen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Santner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghu Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Quan Do" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114134" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04654828v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qifeng Hou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Li" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiabin Huang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changyang Wang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuzhong Yang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113588" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04654825v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105254" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681749v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113642" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04360299v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong&#8208;quan Do" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Le Moyne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21703" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04278472v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.113063" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitin Lokachari" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutham Kukkadapu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hwasup Song" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanhove" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lailliau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.112301" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04121031v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.038" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164151v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boualem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lailliau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dagaut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.129183" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079881v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.042" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523993v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D Etz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina M Fioroni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seonah Kim" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.112547" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216737v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Wildenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Carbonnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan K&#233;romn&#232;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.362" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216672v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Glasziou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.261" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216647v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Belhadj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Benoit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.350" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282080v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thion" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21519" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222979v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Bai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong-Wen Zhou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.194" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937021v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Halter" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dayma" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauveau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.244" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216659v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.07.062" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934473v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Gerasimov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A Knyazkov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana A Bolshova" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey G Shmakov" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg P Korobeinichev" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.028" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934478v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thion" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21412" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934485v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.037" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934437v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2019.116554" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011294v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casimir Togbe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.137" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011306v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenyu Sun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Moshammer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.077" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011316v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Keromnes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.114" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011311v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.178" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014716v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2018.02.026" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014710v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Wagnon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elna J.K. Nilsson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mehl" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.10.020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014719v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2018.04.002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014692v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b03053" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014689v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02061" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014683v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Di&#233;vart" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Cauwenberghe" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.05.022" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014697v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristotelis Zaras" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#225;n Sz&#337;ri" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Deguillaume" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.7b00686" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014703v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.06.019" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014669v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Karsenty" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1212543" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233974v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef502732c" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014611v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Togb&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaras" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.150" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014643v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp506227w" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014587v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.06.004" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853804v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbinet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Frottier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dirrenberger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Warth" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.05.016" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771363v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Husson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Cord" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2012.07.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04322698v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaumeix" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Black" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simmie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Curran" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp107167f" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130113v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacquet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109368v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103196v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoblos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jacquet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103200v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amirov" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136158v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurlan Amirov" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130116v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136183v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayma Guillaume" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384502v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-Q Do" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Lefort" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lemoyne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Serinyel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04414651v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Boualem" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nicolle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lailliau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dagaut" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266146v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087950v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047158v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038615v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351221v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351229v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354856v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561784v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273288v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273272v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797960v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273252v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080787v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351651v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080778v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350872v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02080767v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080807v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080846v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080799v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351268v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Curran" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021256v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2015-42004" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137425v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belhadj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benoit" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137413v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05508497v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakr Hoblos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Halter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2026.138358" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002381v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Vassetti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Cenedese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Honorien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c08396" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05376471v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Elliott" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maristella Di Teodoro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Vari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Pratali Maffei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105928" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05079727v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Scott Goldsborough" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Jespersen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Santner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghu Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Quan Do" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114134" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04654828v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qifeng Hou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Li" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiabin Huang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changyang Wang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuzhong Yang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113588" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04654825v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105254" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04681749v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113642" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04360299v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong&#8208;quan Do" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Le Moyne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21703" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04278472v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.113063" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitin Lokachari" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutham Kukkadapu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hwasup Song" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanhove" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lailliau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.112301" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04121031v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.038" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164151v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boualem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lailliau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dagaut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2023.129183" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079881v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.042" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523993v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D Etz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina M Fioroni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seonah Kim" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.112547" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216737v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Wildenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Carbonnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan K&#233;romn&#232;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.362" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216672v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Glasziou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.261" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216647v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Belhadj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Benoit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.350" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282080v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thion" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21519" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222979v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Bai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong-Wen Zhou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.194" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216659v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.07.062" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937021v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Halter" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dayma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauveau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.244" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934478v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thion" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21412" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934473v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Gerasimov" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A Knyazkov" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana A Bolshova" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey G Shmakov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg P Korobeinichev" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.028" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934485v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.037" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934437v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2019.116554" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011294v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casimir Togbe" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.137" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011316v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Keromnes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.114" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011306v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenyu Sun" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Moshammer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.077" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011311v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.178" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014716v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2018.02.026" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014710v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Wagnon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elna J.K. Nilsson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Mehl" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.10.020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014719v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2018.04.002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014692v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b03053" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014689v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02061" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014683v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Di&#233;vart" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Cauwenberghe" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.05.022" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014697v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristotelis Zaras" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#225;n Sz&#337;ri" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Deguillaume" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.7b00686" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014703v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.06.019" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014669v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Karsenty" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1212543" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233974v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef502732c" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014611v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Togb&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaras" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.150" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014643v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp506227w" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014587v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.06.004" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853804v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbinet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Frottier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dirrenberger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Warth" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.05.016" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771363v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Husson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Cord" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2012.07.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04322698v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaumeix" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Black" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simmie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Curran" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp107167f" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130113v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacquet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109368v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103196v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoblos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jacquet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136158v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurlan Amirov" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103200v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amirov" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130116v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136183v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayma Guillaume" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04414651v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Boualem" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Serinyel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nicolle" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lailliau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dagaut" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384502v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-Q Do" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Lefort" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lemoyne" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266146v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087950v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047158v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038615v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351221v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354856v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351229v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561784v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273288v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273272v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797960v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273252v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080787v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351651v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080778v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350872v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02080767v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080807v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080846v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080799v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351268v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Curran" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021256v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2015-42004" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137425v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belhadj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benoit" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137413v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>