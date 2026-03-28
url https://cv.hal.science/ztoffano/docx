--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -165,7951 +165,8114 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05536419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Complex-Valued Continuous-Variable Quantum Approximation Optimization Algorithm (CCV-QAOA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raneem Madani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Lisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On quantum relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eigenlogic and Probabilistic Inference; when Bayes meets Born</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 383 (2310), pp.20240392</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105232v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric Algebra Jordan–Wigner Transformation for Quantum Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Veyrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entropy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 26 (5), pp.410. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e26050410⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04575657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On new PageRank computation methods using quantum computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Chapuis-Chkaiban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantum Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 22 (3), pp.138. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11128-023-03856-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04056045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enunciation and topic/comment structure: the offensive replies to Pope Francis’ tweets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Galofaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rivista italiana di filosofia del linguaggio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2021: SFL - Narrations, Confabulations, and Conspiracies, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4396/SFL2021A23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03784060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum semantics of text perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Surov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Semenenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Platonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bessmertny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Galofaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-021-83490-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eigenlogic in the Spirit of George Boole</w:t>
+                <w:t xml:space="preserve">Adapting Logic to Physics: The Quantum-Like Eigenlogic Program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logica Universalis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11787-020-00252-3⟩</w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (2), pp.139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e22020139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02615451v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477198v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting Logic to Physics: The Quantum-Like Eigenlogic Program</w:t>
+                <w:t xml:space="preserve">Eigenlogic in the Spirit of George Boole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/e22020139⟩</w:t>
+              <w:t xml:space="preserve">Logica Universalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (2), pp.175-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11787-020-00252-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02477198v4</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum eigenlogic observables applied to the study of fuzzy behaviour of Braitenberg vehicle quantum robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kybernetes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (10), pp.2307-2324. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/K-11-2018-0603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02095400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concept of information laser: from quantum theory to behavioural dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Khrennikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 227 (15-16), pp.2133-2153. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjst/e2018-800027-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quantum-based semiotic model for textual semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Galofaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bich-Liên Doan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kybernetes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 47 (2), pp.307-320. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/K-05-2017-0187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eigenlogic: A Quantum View for Multiple-Valued and Fuzzy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Quantum Interaction, 10106, pp. 239-251. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-52289-0_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01464903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual Query Using Bell Tests “</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intrication quantique : mythe ou réalité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Youssef Meguebli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Res-Systemica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Modélisation des Systèmes Complexes, 12, pp.article 14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268691v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01264835v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrication quantique : mythe ou réalité ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contextual Query Using Bell Tests “</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Pinto Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Liên Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Meguebli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Res-Systemica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Quantum Interaction 2013, : LNCS 8369, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-54943-4_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01264835v3</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse spectrale ultra rapide des diodes laser accordables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3, pp. 99-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00553176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direction-Correlated Correlated Photons Cannot Self-Interfere: A Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Otto Rössler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jürgen Parisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieter Frölich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Naturforschung</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 61 a, pp.418. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/zna-2006-7-817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of VCSEL spatiotemporal operation in MMF links for 10-gb ethernet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gholami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pellevrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 12 (4), pp.767 - 775. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSTQE.2006.876330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01703009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Vertical-Cavity Surface-Emitting Laser at Threshold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fordell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Åsa Marie Lindberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 18 (21), pp.2263-2265. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LPT.2006.884882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatiotemporal and Thermal Analysis of VCSEL for Short-range Gigabit Optical Links</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gholami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quentel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical and Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 38 (4-6), pp.479 - 493. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11082-006-0044-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilevel behavioral simulation of VCSEL-based optoelectronic modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Pez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Desgreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brun Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 9 (3), pp.949 - 960. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSTQE.2003.818348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01275172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of Threshold Transition in Semiconductor Lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 3 (2), pp.485-489. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/2944.605698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral analysis of the nonlinear relativistic Doppler shift in ultrahigh intensity Compton scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hartemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Troha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Luhmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 54 (3), pp.2956 - 2962. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.54.2956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New gain compression factor determination by harmonic analysis in semiconductor lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 31 (3), pp.202 - 203. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/el:19950119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01286222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volterra functional series expansions for semiconductor lasers under modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Hassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 30 (4), pp.918-928. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/3.291363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volterra functional series expansions for noise in semiconductor lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Hassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Joindot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 30 (11), pp.2534-2546. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/3.333705⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of spectral characteristics of semiconductor laser diodes-effect of injected current modulation and optical feedback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Joindot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Birocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Hassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 42 (2), pp.304-310. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/19.278571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New linewidth enhancement determination method in semiconductor lasers based on spectrum analysis above and below threshold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Birocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Hassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 28 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/el:19920006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01275170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relativistic electrodynamics of continuous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hartemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, 41 (9), pp.5066 - 5073. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.41.5066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.M.R. proton lineshape in (TMTSF)2X: incommensurability of nesting vecotr, order parameter and anisotropy of SDW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Delrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Wope Mbougue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Saint James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1987, 19 (1-3), pp.283 - 288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/0379-6779(87)90368-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.M.R. proton lineshape in (TMTSF)2X : incommensurability of nesting vector and order parameter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Delrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bechgaard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1986, 47 (5), pp.839 - 861. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/jphys:01986004705083900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01703011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesting vector, amplitude and anisotropy of SDW in (TMTSF)2X obtained by NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Delrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Wope Mbougue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B+C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1986, 143 (1-3), pp.412 - 416. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0378-4363(86)90154-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.M.R. Proton Lineshape in Single Crystals (TMTSF)2 x and Antiferromagnetic Satellites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1985, 119 (1), pp.151 - 154. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00268948508075150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (42)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logical Views of Bell Inequalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 23rd Växjö conference on Quantum Foundations - Quantum Information and Probability: from Foundations to Engineering (QIP23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Andrei Khrennikov, Linnaeus University, Jun 2023, Växjö / Sweden, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04188679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum Investigations from Logic to Computers and Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Galofaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semiotica e Intelligenza Artificiale : Incontri sul Senso</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Torino, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03718398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigenlogic et extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées AFSCET : Systémique quantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Andé, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adapting Logic to Physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop: - “Modélisation Quantique”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum Inspired Eigenlogic and Truth Table Semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quantum and Physics Logic (QPL) 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02859818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum Entanglement and the Lorentz Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Ottolenghi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th Colloquium on Quantum Engineering, Foundations &amp; Applications / Ingénierie Quantique, des aspects Fondamentaux aux Applications – IQFA, of the CNRS GDR-3322 Université Grenoble Alpes (UGA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS GDR-3322 Université Grenoble Alpes (UGA), Dec 2020, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042373v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scientific and technological challenges for the quantum computer (Invited Conference)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE (FRANCE) Workshop on Quantum Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Issy-les-Moulineaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigenlogic Quantum Operators for Quantum Computing and Robotics (Invited Conference)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 20th Växjö conference on Quantum Foundations: Quantum Information Revolution: Impact to Foundations‽ (QIRIF‽)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Växjö, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02281699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpolating Binary and Multivalued Logical Quantum Gates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Electronic Conference on Entropy and its Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Basel, Switzerland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ecea-4-05006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639802v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigenlogic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th World Congress and School on UNIVERSAL LOGIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Vichy, France. pp.422</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum Semantic Correlations in Hate and Non-Hate Speeches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Galofaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Liên Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compositional Approaches for Physics, NLP, and Social Sciences (CAPNS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semantic Quantum Correlations in Hate Speeches a semiotic overview on language and probability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Galofaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Liên Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXV Congresso della Società di Filosofia del linguaggio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Cagliari, Italy. pp.62-74, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4204/eptcs.283.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02049864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy Logic Behavior of Quantum-Controlled Braitenberg Vehicle Agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca Araripe Furtado Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naman Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th International Conference on Quantum Interaction (QI2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concept of Information Laser: from Quantum Theory to Behavioral Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Khrennikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Physics and Applications of Laser Dynamics 2017 (IS-PALD 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639836v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigenlogic: Interpretable Quantum Observables with applications to Fuzzy Behavior of Vehicular Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WOSC 17th Congress 2017: Science with and for Society: Contributions of Cybernetics and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Organisation of Systems and Cybernetics, Jan 2017, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01562148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpolation Methods for Binary and Multivalued Logical Quantum Gate Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TQC2017 - Theory of Quantum Computation, Communication and Cryptography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UPMC, Jun 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490947v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linguistics and Quantum Th eory: Epistemological Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Galofaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doan Bich-Liên</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EEE EUC/CSE/DCABES 2016, International Conference on Computational Science and Engineering, on Embedded and Ubiquitous Computing and on Distributed Computing and Applications to Business, Engineering and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Aug 2016, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSE-EUC-DCABES.2016.257⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum observables for binary, multi-valued and fuzzy logic: Eigenlogic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Colloquium of the CNRS GDR Quantum Engineering, Foundations &amp; Applications, IQFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum Observables for Binary, Multi-Valued and Fuzzy Logic : Eigenlogic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Colloquium IQFA-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS GDR-3322 on Q. Engineering, Foundations &amp; Applications Ingénierie Quantique, des aspects Fondamentaux aux Applications – IQFA, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigenlogic: a Quantum View for Multiple-Valued and Fuzzy Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th international conference on Quantum Interaction (QI 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, San Francisco, CA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01322701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why quantum computing will be the next turn in information retrieval: a semiotic overview on language and probability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Galofaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Liên Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th Italian Quantum Information Science Conference (IQIS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Roma, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01322715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entanglement and Semantics : Application to Language Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Galofaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Liên Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Shimi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque IQFA 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Palaiseau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01261840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantumness Inspired Bell Tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barros Joao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Liên Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Colloquium of GDR - IQFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Underwater high bit-rate optical free-space Communication System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2012 International Workshop on Optical Wireless Communications (IWOW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Pise, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IWOW.2012.6349678⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00749409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chirped grating DBR lasers using bent waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bozorgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hillmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEOS '95. IEEE Lasers and Electro-Optics Society 1995 Annual Meeting. 8th Annual Meeting. Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, San Francisco, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LEOS.1995.484862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transmission sur fibre optique standard G652 en régime faiblement multimode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Letertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lepers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CMOI 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Lille, France. pp.CD-ROM Proceedings</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00642156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electromagnetic Field Measurements of Wimax Systems Using Isotropic Broadband Probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Letertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vikass Monebhurrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2011 IEEE MTT-S International Microwave Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Baltimore, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MWSYM.2011.5972880⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00636574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurements of Digitally Modulated Pulsed RF Signals Using Isotropic Broadband Probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Letertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vikass Monebhurrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BEMS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Halifax, Canada. pp.CD-ROM Proceedings</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00636567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liaison Radio OFDM sur Fibre Optique Standard G.652 et VCSEL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Letertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29èmes Journées Nationales d'Optique Guidée - JNOG 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Besançon, France. pp. 123-125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00546785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode d'extraction du TEB pour transmissions optiques à 40 Gb/s utilisant un oscilloscope en temps équivalent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pellevrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème Colloque interdisciplinaire en Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Le Mans, France. pp. 488-494</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00546783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast Experimental BER Extraction of 40 Gb/s Optical Signal Impacted by Jitter, ISI and ASE Noise Using Waveform Sampler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pellevrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECOC 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Brussels, Belgium. pp.126-127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00351938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode d'extraction du TEB pour transmissions optiques à 40Gb/s utilisant un oscilloscope en temps équivalent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pellevrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNOG 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Lannion, France. pp.266-268</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00351940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast experimental BER extraction of 40 Gb/s optical signal impacted by jitter, ISI and ASE noise using waveform sampler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pellevrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2008 34th European Conference on Optical Communication (ECOC 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Brussels, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECOC.2008.4729483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling and characterizing photorefractive soliton chaos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Grun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Maufoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on PHysics &amp; Applications of SEmiconductor LASERs (PHASE 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00279665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semiautomatic characterization and simulation of VCSEL devices for high speed VSR communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pellevrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Quentel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.662028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VCSEL short reach communications: behavioural modelling of high speed optoelectronic modules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gholami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 4th International Conference on Numerical Simulation of Optoelectronic Devices, 2004. NUSOD '04.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2004, Santa Barbara, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NUSOD.2004.1345146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast spectral characterization of tunable laser diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Manuel Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Sillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integrated Optoelectronics Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2003, San Jose, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.474828⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal and optoelectronic model of VCSEL arrays for short-range communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Rissons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Pez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integrated Optoelectronics Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2003, San Jose, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.475726⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An analysis of thermal effects and its influence on the laser dynamics in three-electrode DBR lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bozorgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EDMO '96</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1996, Leeds, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EDMO.1996.575811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of chirped gratings on tunability of multielectrode DBR lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bozorgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EDMO '96</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1996, Leeds, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EDMO.1996.575807⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal contribution to the side-tuning of the lasing mode in multielectrode DBR lasers: influence on modulation bandwidth and laser linewidth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bozorgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1996 Conference on Optoelectronic and Microelectronic Materials and Devices. Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1996, Canberra, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/COMMAD.1996.610074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Threshold Analysis of Semiconductor Lasers: Novel Parameter Extraction Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeno Toffano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bozorgui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of European Meeting on Lasers and Electro-Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1996, Hamburg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEOE.1996.562447⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verso una semantica quantistica? Applicazioni al discorso religioso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Galofaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semiotica e Intelligenza Artificiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 48, Aracne, pp.107-130, 2023, 979-12-218-0429-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.53136/97912218042947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03940864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy Logic Behavior of Quantum-Controlled Braitenberg Vehicle Agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca Araripe Furtado Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naman Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Coecke B., Lambert-Mogiliansky A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science, vol 11690. Springer, Cham</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11690, Springer, pp.111-122, 2019, Quantum Interaction. QI 2018., 978-3-030-35894-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-35895-2_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eigenlogic Interpretable quantum observables with applications to fuzzy behavior of vehicular robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sergio Barile; Raul Espejo; Igor Perko; Marialuisa Saviano. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybernetics and Systems: Social and Business Decisions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.519-525, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9780429486982-107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122048v1</w:t>
-              </w:r>
-[...4038 lines deleted...]
-                <w:t xml:space="preserve">hal-01702781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical Families of Nonlocal Boxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaicheng Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Portalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Vilde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IQFA 2015 </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Palaiseau, France. , IQFA-2015 Booklet, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01261836v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8119,91 +8282,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la modélisation et la caractérisation de composants et systèmes optoélectroniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Optique / photonique. Université Paris XI Orsay, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01322909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8213,91 +8376,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optoéléctronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2001, 978-2729807030</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8307,114 +8470,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raies R. M. N. Dans les métaux organiques (TMTSF)₂PF₆ et (TMTSF)₂ClO₄ : incommensurabilité de l'onde de densité de Spin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeno Toffano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Supraconductivité [cond-mat.supr-con]. Université Paris Sud XI, 1985. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01330935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId211"/>
+      <w:footerReference w:type="default" r:id="rId213"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8561,51 +8724,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536419v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raneem Madani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Lisser" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeno Toffano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105232v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04575657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Veyrac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e26050410" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04056045v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Chapuis-Chkaiban" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-023-03856-y" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03784060v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Galofaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4396/SFL2021A23" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03147747v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Surov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Semenenko" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Platonov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bessmertny" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galofaro" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83490-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02615451v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11787-020-00252-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02477198v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e22020139" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02095400v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/K-11-2018-0603" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02056281v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Khrennikov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2018-800027-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01666640v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Li&#234;n Doan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/K-05-2017-0187" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01464903v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-52289-0_19" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268691v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pinto Barros" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Meguebli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-54943-4_10" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264835v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00553176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Destrez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272961v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto R&#246;ssler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Parisi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Fr&#246;lich" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zna-2006-7-817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703009v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gholami" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Destrez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pellevrault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2006.876330" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272950v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fordell" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;sa Marie Lindberg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2006.884882" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702862v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Quentel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-006-0044-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D8D255F05DC8E1AF25D53CCB19AE87976E710F8B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Pez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Herve" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Le" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2003.818348" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272970v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/2944.605698" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702873v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hartemann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Troha" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Luhmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.54.2956" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286222v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19950119" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289316v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Hassine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3.291363" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289325v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Joindot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3.333705" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289587v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Birocheau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.278571" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19920006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702883v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.41.5066" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702804v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Delrieu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wope Mbougue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saint James" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(87)90368-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9E81523B3D26513ADAD13906FF74775F64A7BD81/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703011v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moradpour" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bechgaard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01986004705083900" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/37C437A3D7432ABC9BE1FC16E53F1F49D399CAA8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702798v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fauvel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-4363(86)90154-3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL9Q8FWL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702789v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268948508075150" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03940864v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53136/97912218042947" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02375614v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Araripe Furtado Cunha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naman Sharma" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-35895-2_8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02122048v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429486982-107" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04188679v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03718398v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03724928v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03437155v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02859818v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03042373v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ottolenghi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02285243v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02281699v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01639802v3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ecea-4-05006" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01839282v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01872400v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01812182v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02049864v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/eptcs.283.5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01639836v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01562148v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01490947v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01322715v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417285v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doan Bich-Li&#234;n" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSE-EUC-DCABES.2016.257" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179458v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01322701v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01399528v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Shimi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00907732v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barros Joao" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00749409v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;on" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWOW.2012.6349678" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702814v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bozorgui" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hillmer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LEOS.1995.484862" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00636574v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Letertre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikass Monebhurrun" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2011.5972880" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00642156v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lepers" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00636567v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00546785v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Moreno" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00546783v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pellevrault" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351940v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351938v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702851v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC.2008.4729483" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279665v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Grun" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maufoy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702845v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.662028" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702838v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marec" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NUSOD.2004.1345146" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702835v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Manuel Campos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Jacquet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Sillard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.474828" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702830v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rissons" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.475726" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702816v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDMO.1996.575811" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702824v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMMAD.1996.610074" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702819v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDMO.1996.575807" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702781v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.1996.562447" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261836v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Chatard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaicheng Ding" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Portalier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Vilde" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01322909v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289275v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01330935v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536419v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raneem Madani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Lisser" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeno Toffano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545076v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558633v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105232v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04575657v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Veyrac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e26050410" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04056045v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Chapuis-Chkaiban" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11128-023-03856-y" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03784060v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Galofaro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4396/SFL2021A23" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03147747v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Surov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Semenenko" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Platonov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bessmertny" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galofaro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83490-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02477198v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e22020139" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02615451v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11787-020-00252-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02095400v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/K-11-2018-0603" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02056281v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Khrennikov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2018-800027-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01666640v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Li&#234;n Doan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/K-05-2017-0187" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01464903v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-52289-0_19" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264835v3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268691v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pinto Barros" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Meguebli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-54943-4_10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00553176v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Destrez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272961v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto R&#246;ssler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Parisi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Fr&#246;lich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zna-2006-7-817" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703009v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gholami" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Destrez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pellevrault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2006.876330" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272950v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fordell" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;sa Marie Lindberg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2006.884882" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702862v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Quentel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11082-006-0044-3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D8D255F05DC8E1AF25D53CCB19AE87976E710F8B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275172v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Pez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Desgreys" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Herve" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Le" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2003.818348" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272970v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/2944.605698" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702873v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hartemann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Troha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Luhmann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.54.2956" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286222v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19950119" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Hassine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3.291363" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289325v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Joindot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3.333705" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289587v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Birocheau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.278571" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275170v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19920006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702883v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.41.5066" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702804v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Delrieu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roger" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wope Mbougue" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saint James" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(87)90368-7" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9E81523B3D26513ADAD13906FF74775F64A7BD81/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703011v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moradpour" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bechgaard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:01986004705083900" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/37C437A3D7432ABC9BE1FC16E53F1F49D399CAA8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702798v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fauvel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-4363(86)90154-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL9Q8FWL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702789v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268948508075150" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04188679v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03718398v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03724928v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03437155v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02859818v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03042373v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ottolenghi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02285243v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02281699v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01639802v3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ecea-4-05006" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01812182v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01872400v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02049864v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/eptcs.283.5" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01839282v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Araripe Furtado Cunha" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naman Sharma" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01639836v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01562148v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01490947v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417285v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doan Bich-Li&#234;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSE-EUC-DCABES.2016.257" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01399528v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01322701v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01322715v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Shimi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00907732v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barros Joao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00749409v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;on" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWOW.2012.6349678" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702814v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bozorgui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hillmer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LEOS.1995.484862" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00642156v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Letertre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lepers" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00636574v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikass Monebhurrun" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2011.5972880" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00636567v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00546785v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Moreno" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00546783v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pellevrault" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351938v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351940v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702851v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC.2008.4729483" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00279665v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Grun" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maufoy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702845v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.662028" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702838v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marec" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NUSOD.2004.1345146" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702835v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Manuel Campos" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Jacquet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Sillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.474828" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702830v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rissons" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.475726" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702816v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDMO.1996.575811" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702819v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDMO.1996.575807" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702824v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMMAD.1996.610074" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702781v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.1996.562447" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03940864v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53136/97912218042947" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02375614v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-35895-2_8" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02122048v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429486982-107" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261836v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Chatard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaicheng Ding" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Portalier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Vilde" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01322909v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289275v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01330935v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>